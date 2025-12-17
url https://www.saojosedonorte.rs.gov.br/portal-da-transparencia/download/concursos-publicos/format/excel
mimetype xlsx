--- v0 (2025-10-31)
+++ v1 (2025-12-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="875">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="876">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
     <t>Concurso Público 2022</t>
   </si>
   <si>
     <t>17/11/2022</t>
   </si>
   <si>
     <t>EDITAL Nº 072/2025 CONVOCA E NOMEIA CANDIDATO APROVADO NO CONCURSO PÚBLICO</t>
   </si>
   <si>
     <t>EDITAL Nº 070/2025 CONVOCA E NOMEIA CANDIDATO APROVADO NO CONCURSO PÚBLICO</t>
   </si>
   <si>
     <t>EDITAL Nº 063/2025 CONVOCA E NOMEIA CANDIDATO APROVADO NO CONCURSO PÚBLICO</t>
   </si>
   <si>
@@ -414,50 +414,53 @@
     <t>EDITAL Nº 008/2022 - GABARITOS DAS PROVAS OBJETIVA</t>
   </si>
   <si>
     <t>EDITAL Nº 007/2022- 5ª RERRATIFICAÇÃO DO EDITAL DE ABERTURA DAS INSCRIÇÕES</t>
   </si>
   <si>
     <t>EDITAL 006/2022 - LOCAIS E HORÁRIOS DE PROVA OBJETIVA</t>
   </si>
   <si>
     <t>EDITAL Nº 005/2022 - 4ª RERRATIFICAÇÃO DO EDITAL DE ABERTURA DAS INSCRIÇÕES</t>
   </si>
   <si>
     <t>EDITAL DE DIVULGAÇÃO DA LISTA DE INSCRITOS PORTADORES DE DEFICIÊNCIA E LISTA DE INSCRITOS GERAL</t>
   </si>
   <si>
     <t>EDITAL No 003/2022 DE RETIFICAÇÃO DO EDITAL DE ABERTURA DAS INSCRIÇÕES</t>
   </si>
   <si>
     <t>1ªRERRATIFICAÇÃO DO EDITAL DE ABERTURA DAS INSCRIÇÕES</t>
   </si>
   <si>
     <t>2ª RERRATIFICAÇÃO DO EDITAL DE ABERTURA DAS INSCRIÇÕES</t>
   </si>
   <si>
     <t>EDITAL DE ABERTURA 01/2022</t>
+  </si>
+  <si>
+    <t>EDITAL Nº 076/2025CONVOCA E NOMEIA CANDIDATO APROVADO NO CONCURSO PÚBLICO</t>
   </si>
   <si>
     <t>Concurso Público 2018 - II</t>
   </si>
   <si>
     <t>31/12/2018</t>
   </si>
   <si>
     <t>EDITAL Nº 042/2024 CONVOCA E NOMEIA CANDIDATO APROVADO NO CONCURSO PÚBLICO</t>
   </si>
   <si>
     <t>EDITAL Nº 041/2024 CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO PÚBLICO Nº002/2018</t>
   </si>
   <si>
     <t>EDITAL Nº 035/2024 CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO PÚBLICO Nº 002/2018</t>
   </si>
   <si>
     <t>EDITAL Nº 021/2024 CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO PÚBLICO Nº 002/2018</t>
   </si>
   <si>
     <t>EDITAL Nº 098/2023 CONVOCA E NOMEIA CANDIDATA APROVADA NO CONCURSO PÚBLICO Nº 002/2018</t>
   </si>
   <si>
     <t>EDITAL Nº 093/2023 CONVOCA E NOMEIA CANDIDATA APROVADA NO CONCURSO PÚBLICO Nº 002/2018</t>
   </si>
@@ -2987,62 +2990,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/664678/images/original/EDITAL_072_2025_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/663549/images/original/emissao_74EC5DEA434486579B0358D1_memorando-8--16.261-2025_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/625682/images/original/emissao_CE7A10DC5282FE2072151BC4_memorando-12--8.676-2025_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/617969/images/original/EDITAL_059_2025_ELO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/616314/images/original/EDITAL_058_2025_TECNICO_DE_CONTROLE_SANITARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/611939/images/original/EDITAL_056_2025_PROFESSOR_EDUCACAO_INFANTIL_SUBST_ED_54_25_DESISTENCIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/610068/images/original/EDITAL_055_2025_PROCURADOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/608994/images/original/EDITAL_054_2025_PROFESSOR_EDUCACAO_INFANTIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/604707/images/original/EDITAL_048_2025_AGENTE_ADM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/595866/images/original/EDITAL_045_2025_ELO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/588983/images/original/EDITAL_044_2025_ENFERMEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/579662/images/original/EDITAL_041_2025_ELO_1_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/579087/images/original/EDITAL_039_2025_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/578907/images/original/EDITAL_038_2025_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/560094/images/original/EDITAL_036_2025_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/557164/images/original/EDITAL_034_2025_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/552492/images/original/EDITAL_032_2025_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/552071/images/original/EDITAL_031_2025_ELO (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/550003/images/original/DECRETO N&#186; 20.125-2025 - PRORROGA CONCURSO P&#218;BLICO POR MAIS 2 ANOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/549980/images/original/EDITAL_030_205_ELO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/545930/images/original/EDITAL_029_205_ELO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/545868/images/original/EDITAL_028_205_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/544983/images/original/EDITAL_027_2025_TECNICO_EM_CONTABILIDADE_FAZENDARIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/542863/images/original/EDITAL_025_2025_ENFERMEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/530572/images/original/EDITAL_023_2025_CONTADOR_ELO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/528585/images/original/EDITAL_020_2025_MOTORISTA_TRANSPORTE_ESCOLAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/528584/images/original/EDITAL_019_2025_TECNICO_EM_ENFERMAGEM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/526237/images/original/EDITAL_018_2025_AGENTE_ADM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/525990/images/original/EDITAL_016_2025_ENFERMEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/525574/images/original/EDITAL_015_2025_AGENTE_ADM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/524469/images/original/EDITAL_014_2025_AGENTE_ADM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/523990/images/original/EDITAL_013_2025_AUDITOR_FISCAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/518687/images/original/EDITAL_008_2025_NUTRICIONISTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/517181/images/original/emissao_957B8768A7C7B9252B08FDFD_memorando-5--1.544-2025_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/500005/images/original/emissao_3C9CD5E4A7B29EE6670A8A06_memorando-3--19.667-2024_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/499779/images/original/emissao_8CA9D2EF3E27811C59C3C13C_memorando-20--18.307-2024_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/497731/images/original/emissao_217F911505AAF46D2EB76F8B_memorando-7--18.307-2024_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/496543/images/original/EDITAL_066_2024_ENFERMEIRO_E_AGENTE_ADMINISTRATIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/495793/images/original/EDITAL N&#186; 065_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/492940/images/original/EDITAL N&#186; 062_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/491314/images/original/EDITAL N&#186; 061_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/483215/images/original/EDITAL N&#186; 057_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/482540/images/original/EDITAL N&#186;055_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/478926/images/original/EDITAL N&#186;054_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/478101/images/original/EDITAL N&#186; 052_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/478102/images/original/EDITAL N&#186; 051_2024 CONVOCA E NOMEIA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/477676/images/original/EDITAL N&#186; 049_2024  CONVOCA E NOMEIA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/475650/images/original/EDITAL N&#186; 048_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/471879/images/original/EDITAL N&#186; 046_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/466681/images/original/EDITAL N&#186; 044_2024 CONVOCA E NOMEIA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/465436/images/original/EDITAL N&#186; 043_2024 CONVOCA E NOMEIA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/461069/images/original/EDITAL N&#186; 038_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/454205/images/original/edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/448002/images/original/EDITAL N&#186; 030_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/447033/images/original/EDITAL N&#186; 029_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/416762/images/original/EDITAL N&#186; 025_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/415979/images/original/EDITAL N&#186; 024.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/409598/images/original/EDITAL N&#186; 020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/404240/images/original/EDITAL N&#186; 016_2024 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/402709/images/original/EDITAL N&#186; 015.2024 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/401136/images/original/EDITAL N&#186; 013_2024 CONVOCA CANDIDATA APROVADA NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/400222/images/original/EDITAL N&#186; 011_2024 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/399967/images/original/EDITAL N&#186; 010_2024 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186;s 001_2018, 002_2018 e 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/398627/images/original/EDITAL_008_2024_TEC_DE_CONTR_AMB_E_URB_E_ENGENHEIRO_CIVIL_ASSINADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/396835/images/original/EDITAL N&#186; 006.2024 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/392423/images/original/EDITAL N&#186; 005.2024 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/392003/images/original/EDITAL N&#186; 003_2024 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/342302/images/original/EDITAL N&#186; 090_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/341043/images/original/EDITAL N&#186; 088_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/340767/images/original/EDITAL N&#186; 087_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/333567/images/original/EDITAL N&#186; 085_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186;s 002_2018 e 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/323438/images/original/EDITAL N&#186; 083_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186;s 002_2018 e 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/322975/images/original/EDITAL N&#186; 081_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/322083/images/original/EDITAL N&#186; 080_2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/319171/images/original/EDITAL N&#186; 076_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/318125/images/original/EDITAL N&#186; 073_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/315005/images/original/EDITAL N.&#186; 071_2023 CONVOCA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186;s 002_2018 e 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/314591/images/original/EDITAL N.&#186; 070_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/313501/images/original/EDITAL N.&#186; 069_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/311170/images/original/EDITAL N.&#186; 067_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/307533/images/original/EDITAL N.&#186; 064_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/306332/images/original/EDITAL N.&#186; 063_2023 CONVOCA CANDIDATO APROVADO No CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/305332/images/original/EDITAL N.&#186; 061_2023 CONVOCA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186;S 001_2018 E 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/303814/images/original/EDITAL N.&#186; 060_2023 CONVOCA E NOMEIA CANDIDATOS APROVADO NO CONCURSO P&#218;BLICO  N&#186;001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/302558/images/original/EDITAL N.&#186; 057_2023 CONVOCA E NOMEIA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS  N&#186;s 001_2018 e 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/301845/images/original/EDITAL N.&#186; 056_2023 CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO P&#218;BLICO  N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/300088/images/original/EDITAL N.&#186; 054_2023 EDITAL N&#186; 052_2023 CONVOCA E NOMEIA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS  N&#186;S 001_2018, 002_2018 E 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/298496/images/original/EDITAL N&#186; 0522023  RETIFICA&#199;&#195;O CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186;S 0012018, 0022018 E 0012022..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/298160/images/original/EDITAL N&#186; 051_2023 CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO P&#218;BLICO N&#186;s 01_2018, 002_2018 e 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/296726/images/original/EDITAL N&#186; 050_2023 CONVOCA E NOMEIA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2018 E N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/295652/images/original/EDITAL N&#186; 048_2023  CONVOCA E NOMEIA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/295739/images/original/EDITAL N&#186; 047_2023  CONVOCA E NOMEIA CANDIDATAS APROVADAS NO CONCURSO P&#218;BLICO N&#186; 001_2018 e N&#186; 002_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/294997/images/original/EDITAL N&#186; 045_2023  CONVOCA E NOMEIA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/293647/images/original/EDITAL N&#186; 0442023  CONVOCA E NOMEIA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/292792/images/original/EDITAL N&#186; 042-2023 convoca e nomeia candidatos aprovados no concurso 001-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/292655/images/original/EDITAL N&#186; 0412023 CONVOCA E NOMEIA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186; 0012022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/292628/images/original/EDITAL N&#186; 0402023 CONVOCA E NOMEIA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186; 0012018 e 0012022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/290274/images/original/EDITAL N&#186; 0322023 CONVOCA E NOMEIA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186;S 0012018 E 0012022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/288781/images/original/EDITAL N&#186; 030_2023 CONVOCA E NOMEIA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186;S 001_2018, 002_2018 E 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/288313/images/original/EDITAL_029_2023 convoca e nomeia candidatos aprovados em concurso publico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/287050/images/original/EDITAL N&#186; 029_2022 EDITAL DE HOMOLOGA&#199;&#195;O CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/286829/images/original/EDITAL N&#186; 028_2022 - HOMOLOGA&#199;&#195;O DA LISTA DE CLASSIFICA&#199;&#195;O FINAL DO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/286828/images/original/EDITAL N&#186; 027_2022 - 10&#186; RERRATIFICA&#199;&#195;O DO EDITAL DE ABERTURA DAS INSCRI&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/284942/images/original/EDITAL N&#186; 026_2022 - 9&#170; RERRATIFICA&#199;&#195;O DO EDITAL DE ABERTURA DAS INSCRI&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/282341/images/original/EDITAL N&#186; 025-2022 CLASSIFICA&#199;&#195;O COM A NOTA DAS PROVAS DISCURSIVAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/282340/images/original/DITAL N&#186; 024-2022 DIVULGA&#199;&#195;O DAS NOTAS DAS PROVAS PR&#193;TICAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/282339/images/original/EDITAL N&#186; 023-2022 RETIFICA&#199;&#195;O E HOMOLOGA&#199;&#195;O DO GABARITO DAS PROVAS DISCURSIVAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/280805/images/original/EDITAL_N_022_23_EDITAL_DE_RETIFICACAO_DA_CLASSIFICACAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/280804/images/original/EDITAL_N_021_2023_EDITAL_DE_RETIFICACAO_DA_LISTA_GERAL_DE_NOTAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/280803/images/original/EDITAL_N_020_23_RETIFICACAO_DA_HOMOLOGACAO_DO_GABARITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/280802/images/original/EDITAL_N_019_23_EDITAL_DE_RETIFICACAO_DO_JULGAMENTO_DOS_RECURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/277935/images/original/EDITAL N&#186; 15_2023 cronograma_alterado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/277936/images/original/EDITAL N&#186; 14_ 2023 Convocacao_Prova_Pratica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/277937/images/original/EDITAL N&#186; 13_2023 Retificacao_notas_das_provas_objetivas_e_homologacao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/277934/images/original/EDITAL N&#186; 12_2023 Retificacao_e_homologacao_do_gabarito_Medico_Veterinario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/277933/images/original/EDITAL N&#186; 11_2023 Retificacao_do_Julgamento_dos_recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/274784/images/original/010-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/274783/images/original/notas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/274785/images/original/homolog e gabarito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/273244/images/original/emissao_87B4F195C8DB9E703B073F2C_processo-administrativo-117--578-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/268117/images/original/Edital_n_008_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/266579/images/original/emissao_C41FC17064753301003E4BEA_processo-administrativo-109--578-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/263645/images/original/Prova .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/262956/images/original/emissao_AAF57ADE0236138F5B994069_processo-administrativo-103--578-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/258935/images/original/emissao_CB1EB80D0C7EBC941A1D6AB0_processo-administrativo-95--578-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/258263/images/original/EDITAL_N_003_RETIFICA_EDITAL_DE_ABERTURA_SUBSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/253176/images/original/EDITAL_DE_RETIFICACAO_SUBSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/253175/images/original/retifica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/248041/images/original/Concurso P&#250;blico 2022 - Edital n&#186; 01-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/465419/images/original/edital 042.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/463970/images/original/EDITAL N&#186; 041_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/455215/images/original/EDITAL N&#186; 035_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/411574/images/original/EDITAL N&#186; 021_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/356315/images/original/EDITAL N&#186; 098_2023 CONVOCA E NOMEIA CANDIDATA APROVADA NO CONCURSO P&#218;BLICO  N&#186; 002_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/345439/images/original/EDITAL N&#186; 093_2023 CONVOCA E NOMEIA CANDIDATA APROVADA NO CONCURSO P&#218;BLICO  N&#186; 002_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/319008/images/original/EDITAL N&#186; 075_2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/310843/images/original/EDITAL N.&#186; 066_2018 CONVOCA E NOMEIA CANDIDATA APROVADA NO CONCURSO P&#218;BLICO  N&#186; 002_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/302679/images/original/EDITAL N.&#186; 059_2023 CONVOCA E NOMEIA CANDIDATOS APROVADO NO CONCURSO P&#218;BLICO  N&#186; 002_2018_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/283203/images/original/EDITAL N&#186; 025_2023  CONVOCA E NOMEIA CANDIDATA APROVADA NO II CONCURSO P&#218;BLICO N&#186;002_2018 - PROFESSOR DE EDUCA&#199;&#195;O INFANTIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/275066/images/original/emissao_BF703064074CB9BF78562353_memorando-14--1.632-2023_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/274435/images/original/Edital_n_010_2023_NOMEIA_PROFESOR_DE_EDUCACAO_INFANTIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/242563/images/original/Edital_n_068_2022_SUBSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/235951/images/original/Edital_N_063_2022_SUBSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/226392/images/original/Edtal_n_062_2022_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/223605/images/original/emissao_07D380B21C2EF25AE4AD540D_memorando-6--13.040-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/219431/images/original/Edital_n_051_2022_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/219166/images/original/emissao_5580B2E5CBDDEB5C971A7EB0_memorando-13--12.295-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/218507/images/original/emissao_834DA0D193AF2D073840E778_memorando-25--11.545-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/216689/images/original/edital 45 - 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/214608/images/original/EDITAL N&#186; 043-2022 CONVOCA e NOMEIA candidato aprovado no Concurso P&#250;blico n&#186;001-2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/214612/images/original/EDITAL N&#186; 042-2022 QUE CONVOCA E NOMEIA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186; 001-2016 E 002-2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/205616/images/original/sms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/204128/images/original/Edital_n_023_2022_SUBSCRITO (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/202746/images/original/Edital_n_021_2022_NOMEIA_PROFESSOR_ED_INFANTIL_E_SERIES_INCIAIS_SUBSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/200777/images/original/EDITAL N&#186; 019-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/197746/images/original/Edital_n_018_2022_ASSINADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/197744/images/original/editalll.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/194529/images/original/Edital_n_013_2022_SUSPENSAO_PRAZOS_CONCURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/193380/images/original/EDITAL PROFESSORES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/181905/images/original/EDITAL 08-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/179440/images/original/edital_006_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/166020/images/original/EDITAL_N_041_2021_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/157003/images/original/Edital n&#186;38.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/130770/images/original/EDITAL N&#186;008.21 - PRAZOS PRORROGADOS DOS CONCURSOS (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107264/images/original/edital_011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107273/images/original/regime_juridico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107272/images/original/plano_de_carreira_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107270/images/original/plano_de_carreira_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107269/images/original/lei_organica_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107268/images/original/extrato_02_jornal_agora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107267/images/original/extrato_01_jornal_agora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107266/images/original/edital_013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107265/images/original/edital_012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107263/images/original/edital_010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107275/images/original/edital_n0142019_resultado_preliminar_prova_pratica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107262/images/original/edital_09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107261/images/original/edital_08.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107260/images/original/edital_07.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107259/images/original/edital_06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107258/images/original/edital_05.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107257/images/original/edital_04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107256/images/original/edital_03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107255/images/original/edital_02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107274/images/original/anexo_plano_de_carreira_do_mag.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107276/images/original/edital_n0152019_resultado_preliminar_prova_de_titulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/122167/images/original/EDITAL N&#186; 040.2020 - SUSPENS&#195;O DE PRAZOS DOS CONCURSOS - SUBSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107288/images/original/edital_no_0302019_nomeia_cargo_concurso_2016_tecnico_em_informatica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107296/images/original/untitled_20200430_152249.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107295/images/original/edital_no02120.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107294/images/original/edital_no202020_convoca_e_nomeia_tecnico_em_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107293/images/original/edital_no_0142020_nomeacao_de_professores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107292/images/original/013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107291/images/original/edital_no_0122020_nomeia_agente_comunitario_de_saude_e_odontologo_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107290/images/original/edital_no_0092020_nomeia_professor_series_finais_educacao_artistica_concursos_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107289/images/original/edital_no_0082020_nomeia_odontologo_concurso_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107287/images/original/edital_no_0262019_nomeia_assistente_social_ii_concursos_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107277/images/original/edital_no_0162019_notas_oficiais_taf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107286/images/original/edital_no_0252019_nomeia_cargo_concurso_2016_agente_administrativo_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107285/images/original/edital_no_0212019_retifica_edital_no_020_nomeia_professor_de_educacao_infantil_concursos_2016_ii.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107284/images/original/edital_no_0202019_nomeia_professor_de_educacao_infantil_e_auxiliar_de_educacao_concursos_2018_ii.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107283/images/original/edital_no_0132019_nomeia_professores_series_inciais_ii_concurso_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107282/images/original/edital_no_0112019_nomeia_professores_e_agente_comunitario_de_saude_concurso_2016_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107281/images/original/edital_no_0062019_nomeia_professores_e_agente_comunitario_de_saude_concurso_2016_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107280/images/original/edital_no_0182019_homologacao_do_resultado_final.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107279/images/original/edital_no_172019_notas_oficiais_prova_de_titulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107254/images/original/edital_01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/448604/images/original/EDITAL N&#186; 031.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/413241/images/original/EDITAL N&#186; 022_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/404495/images/original/EDITAL N&#186; 018_2024 CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO P&#218;BLICO N&#186;001_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/404403/images/original/EDITAL N&#186; 017_2024 CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO P&#218;BLICO N&#186;001_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/281080/images/original/EDITAIS N&#186; 021-2023  CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO P&#218;BLICO N&#186;001-2018 - MONITOR ESCOLAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/281079/images/original/EDITAL N&#186; 020 -2023  TORNA NULO EDITAL N&#186; 019-2023  QUE CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO P&#218;BLICO N&#186;001-2018 - MONITOR ESCOLAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/280857/images/original/EDITAL N&#186; 019- 2023  CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO P&#218;BLICO N&#186;001- 2018 - MONITOR ESCOLAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/283225/images/original/EDITAL N&#186; 017-2023 CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO P&#218;BLICO N&#186;001-2018 -  MONITOR ESCOLAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/275062/images/original/emissao_F1F4F7ACED338FBE1B37C966_memorando-9--2.156-2023_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/194531/images/original/Edital_n_013_2022_SUSPENSAO_PRAZOS_CONCURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/245060/images/original/emissao_095F93AD9F65E214BD8D8DC9_memorando-22--14.405-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/240571/images/original/Edital_n_065_2022_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/216692/images/original/edital 45 - 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/183936/images/original/EDITAL_N_010_2022_SUBSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/181904/images/original/EDITAL 08-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/177573/images/original/EDITAL EDUC INFAM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/166018/images/original/EDITAL_N_041_2021_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/159235/images/original/EDITAL_N_039_2021_CONCURSO_N_01_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/144548/images/original/EDITAL_N_028_2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/141982/images/original/Edital n&#176;025-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/139485/images/original/EDITAL_N_022_2021_CONCURSO_N_001_2018_SECRETARIO_DE_ESCOLA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/137604/images/original/Edital n&#186;019-2021 - Convoca e Nomeia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/136684/images/original/EDITAL N&#186; 018.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/133982/images/original/Edital n&#176;015-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/130771/images/original/EDITAL N&#186;008.21 - PRAZOS PRORROGADOS DOS CONCURSOS (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107240/images/original/edital_no_009_2018_resultado_definitivo_das_provas_objetivas_e_convocacao_para_a_prova_pratica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107228/images/original/edital_n_002_2018_retifica_o_edital_no_001_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107229/images/original/edital_n_0042018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107230/images/original/edital_no_0052018_nomeia_cargo_concurso_2014_1_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107231/images/original/edital_no_005_2018_inscricoes_deferidas_apos_recurso_e_locais_de_provas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107232/images/original/edital_no_0062018_nomeia_cargo_concurso_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107233/images/original/inscricoes_deferidas_apos_recursos_opcao_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107234/images/original/inscricoes_deferidas_apos_recursos_opcao_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107235/images/original/relatorio_definitivo_das_inscricoes_deferidas_pcd_opcao_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107236/images/original/relatorio_definitivo_das_inscricoes_deferidas_pcd_opcao_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107237/images/original/locais_de_prova_opcao_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107238/images/original/locais_de_prova_opcao_2_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107239/images/original/locais_de_prova_op_2_atualizada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107241/images/original/edital_no_011_2018_resultado_preliminar_da_prova_de_titulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/122165/images/original/EDITAL N&#186; 040.2020 - SUSPENS&#195;O DE PRAZOS DOS CONCURSOS - SUBSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107242/images/original/edital_no_013_2018_classificacao_definitiva_e_homologacao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107243/images/original/classificacao_definitiva_candidatos_pcd_opcao_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107244/images/original/classificacao_definitiva_geral_opcao_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107245/images/original/classificacao_definitiva_geral_opcao_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107246/images/original/edital_no_0182018_nomeia_cargos_concurso_2014_2016_e_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107247/images/original/edital_no_0302018_nomeia_cargos_concurso_e_professor_de_educacao_inf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107248/images/original/edital_no_0322018_nomeia_professor_de_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107249/images/original/edital_no_0152019_nomeia_professor_de_educacao_inf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107250/images/original/edital_no_0202019_nomeia_professor_de_educacao_infantil_e_auxiliar_de_educacao_concursos_2018_ii.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107251/images/original/edital_no_0412019_nomeia_odontologo_concurso_2018_2.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107252/images/original/edital_no_0082020_nomeia_odontologo_concurso_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107253/images/original/edital_no_172020_convoca_e_nomeia_candidatos_aprovados_nos_concursos_de_2016_e_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/109998/images/original/EDITAL N&#186; 029.2020 - Nomeia e convoca candidatos aprovados concurso 2016 e 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107227/images/original/edital_no_001_2018_concurso_publico_original.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/281078/images/original/EDITAL N&#186; 020 -2023  TORNA NULO EDITAL N&#186; 019-2023  QUE CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO P&#218;BLICO N&#186;001-2018 - MONITOR ESCOLAR.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/221173/images/original/emissao_94CE77F0DBE2D72DF73090D7_memorando-7--9.276-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/220838/images/original/Edital_n_056_2022_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/220289/images/original/ed fisica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/219513/images/original/edital 53.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/219432/images/original/Edital_n_051_2022_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/219144/images/original/Edital_n_049_2022_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/218441/images/original/Edital_n_047_2022_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/216735/images/original/edtial 46-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/215989/images/original/Edital_n_044_2022_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/214256/images/original/EDITAL_N_40_22_PUBLICADO_EM_26_07_22 CONVOCA E NOMEIA PROFESSOR DE S&#201;RIES INICIAIS _ INGL&#202;S.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/213127/images/original/Edital n&#186; 039-2022 - CONVOCA e NOMEIA candidatos aprovados no Concurso P&#250;blico n&#186; 001 -2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/208052/images/original/EDITAL N&#186; 035-2022 convoca e nomeia candidato aprovado no concurso n&#176; 001-2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/207633/images/original/Edital_n_034_2022 - CONVOCA e NOMEIA candidatos aprovados no Concurso P&#250;blico n&#186; 001-2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/206176/images/original/Edital_n_028_2022_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/205733/images/original/EDITAL N&#186;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/204119/images/original/emissao_04D98D561700238F4EBBB2BC_memorando-7.708-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/197745/images/original/editalll.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/194698/images/original/Edital_n_014_2022_Convoca_Agente_Adm_Concurso_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/194532/images/original/Edital_n_013_2022_SUSPENSAO_PRAZOS_CONCURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/151191/images/original/EDITAL_N_033_2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/132225/images/original/edital n&#186; 012.21 - Convoca e Nomeia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/131096/images/original/Edital n&#186; 009.2021 -  NOMEIA ELETRICISTA - CONCURSO P&#218;BLICO N 001.2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/130769/images/original/EDITAL N&#186;008.21 - PRAZOS PRORROGADOS DOS CONCURSOS (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/129438/images/original/EDITAL N&#186;004.2021 - NOMEIA ENGENHEIRO CIVIL- CONCUSO P&#218;BLICO 2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/128400/images/original/EDITAL CONVOCA&#199;&#195;O N&#186; 002.2021 - ASSINADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/127964/images/original/Edital  n&#186; 046.2020 - Convoca&#231;&#227;o de merendeiras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107179/images/original/edital_no_0032018_nomeia_cargo_concurso_2014_e_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107193/images/original/edital_no_0212017_nomeia_cargo_concurso_2016_serv_e_merendeira_ag_comunitario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107192/images/original/edital_no_0192017_nomeia_cargos_concurso_2016_contador_tec_ambiental.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107191/images/original/edital_no_0152017_nomeia_cargo_concurso_2016_series_finais_professor_de_historia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107190/images/original/edital_no_0142017_nomeia_cargo_concurso_2016_secretario_de_escola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107189/images/original/edital_no_0132017_nomeia_cargo_concurso_2016_psicologo_e_tecnico_em_informatica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107188/images/original/edital_no_0112017_nomeia_cargos_concurso_20132016_monitor_transp_escolar_enfermeiro_e_professor_de_educacao_inf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107187/images/original/edital_no_0092017_nomeia_cargo_concurso_2016_enfermeiro_2013_arteteraputa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107186/images/original/edital_no_0072017_nomeia_cargo_concurso_2016_medico_e_enfermeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107185/images/original/edital_no_0052017_nomeia_cargo_concurso_20142016_espanholeducacao_infantil_e_servente_merendeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107184/images/original/edital_no_0192018_nomeia_cargos_concurso_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107183/images/original/edital_no_0112018_nomeia_cargos_concurso_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107182/images/original/edital_no_0062018_nomeia_cargo_concurso_2016_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107181/images/original/edital_no_0052018_nomeia_cargo_concurso_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107180/images/original/edital_no_0042018_nomeia_cargos_concurso_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107178/images/original/edital_no_0022018_nomeia_cargo_concurso_2014_e_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107195/images/original/edital_no_0272017_nomeia_cargos_concurso_2016_mecanico_de_maquinas_pesadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107169/images/original/edital_04_homologacao_das_inscricoes_pdf_79.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107162/images/original/lei_municipal_no_4522006_dispoe_sobre_o_regime_juridico_dos_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107163/images/original/lei_municipal_no_4532006_dispoe_sobre_o_regime_juridico_dos_servidores_publicos_estplancarmag.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107164/images/original/edital_0022016_retificacao_edital_0012016_abertura_concurso_publico_cr_varios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107165/images/original/lei_compl_no_0052011_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107166/images/original/lei_municipal_no_0021987_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107167/images/original/edital_no_032016_retificacao_do_edital_de_abertura_e_inscricoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107170/images/original/edital_no_0052016_retificacao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107177/images/original/edital_n_122016_gabarito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107171/images/original/edital_no_006_resultado_da_homologacao_das_inscricoes_oficial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107172/images/original/edital_07_locais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107173/images/original/edital_08_locais_retifica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107174/images/original/edital_09_locais_retifica_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107175/images/original/edital_10_locais_retifica_0072016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107176/images/original/edital_0112016_gabarito_preliminar_das_provas_de_16_outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107194/images/original/edital_no_0262017_nomeia_cargos_concurso_2016_mecanico_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107196/images/original/edital_no_0312017_nomeia_cargo_concurso_2016_psicologo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/122164/images/original/EDITAL N&#186; 040.2020 - SUSPENS&#195;O DE PRAZOS DOS CONCURSOS - SUBSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107214/images/original/edital_no0012020_de_convocacao_de_arquiteto_concurso_2016.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/111220/images/original/EDITAL 031.2020 II.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/109997/images/original/EDITAL N&#186; 029.2020 - Nomeia e convoca candidatos aprovados concurso 2016 e 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107226/images/original/edital_0252020_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107225/images/original/edital_no_024_com_subscricao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107224/images/original/edital_no0232020_enfermeiro_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107223/images/original/edital_no02120.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107222/images/original/edital_no_0192020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107221/images/original/edital_no_0182020_nomeia_agente_administ_contador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107220/images/original/edital_no_172020_convoca_e_nomeia_candidatos_aprovados_nos_concursos_de_2016_e_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107219/images/original/edital_no_162020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107218/images/original/edital_no_0142020_nomeacao_de_professores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107217/images/original/013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107216/images/original/edital_no_0102020_nomeia_motorista_concursos_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107215/images/original/edital_no_0082020_nomeia_odontologo_concurso_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107213/images/original/edital_no_0462019_nomeia_cargo_concurso_2016_arquiteto_motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107197/images/original/edital_no_0352017_nomeia_cargo_concurso_2016_serv_e_merendeira_auxiliar_de_serv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107204/images/original/edital_no_0232019_nomeia_cargo_concurso_2016_agente_administrativo_e_tecnico_em_informatica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107198/images/original/edital_no_0192018_nomeia_cargos_concurso_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107199/images/original/decreto.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107200/images/original/edital_no_0062019_nomeia_professores_e_agente_comunitario_de_saude_concurso_2016_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107201/images/original/edital_no_0082019_nomeia_enfermeiro_concurso_2016.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107202/images/original/edital_no_0112019_nomeia_professores_e_agente_comunitario_de_saude_concurso_2016_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107203/images/original/edital_no_0162019_nomeia_cargo_servente_merendeira_concurso_publico_no01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107205/images/original/edital_no_0182019_nomeia_cargo_tecnico_em_informatica_concurso_publico_no01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107212/images/original/edital_no_0352019_nomeia_cargo_concurso_2016_tecnico_em_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107206/images/original/edital_no_0212019_retifica_edital_no_020_nomeia_professor_de_educacao_infantil_concursos_2016_ii.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107207/images/original/edital_no_0252019_nomeia_cargo_concurso_2016_agente_administrativo_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107208/images/original/edital_no_0282019_nomeia_cargo_concurso_2016_agente_administrativo_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107209/images/original/edital_no_0302019_nomeia_cargo_concurso_2016_tecnico_em_informatica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107210/images/original/edital_16_homologacao_sjn_pdf_96.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107211/images/original/edital_212016_de_homologacao_final_cargos_com_prova_pratica_titulos_e_discursiva_pdf_52.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107160/images/original/edital_n_0012016_concurso_publico_cr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107076/images/original/4742concurso_p_blico_2013_edital_de_abertura_n_0012013_resumo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107077/images/original/5539edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107078/images/original/5594anexo_i_atribui_es_dos_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107079/images/original/1532anexo_ii_detalhamento_das_provas_objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107080/images/original/6801edital_redimensionado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107081/images/original/6391anexo_iv_requerimento_pessoas_portadoras_de_defici_ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107082/images/original/5257anexo_v_formul_rio_para_acompanhamento_de_t_tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107083/images/original/9619edital_n_0022013_retifica_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107084/images/original/4481edital_n_0032013_retifica_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107085/images/original/6774concurso_p_blico_2013_edital_n_04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107086/images/original/2947pm_sao_jose_do_norte_anexo_2_edital_0052013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107087/images/original/1972pm_sao_jose_do_norte_anexo_1_edital_0052013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107088/images/original/7502pm_sao_jose_do_norte_edital_0052013_homologa_o_das_inscri_es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107089/images/original/4763pm_sao_jose_do_norte_edital_0062013_anexo_1_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107090/images/original/6975pm_sao_jose_do_norte_edital_0062013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107091/images/original/3718pm_sao_jose_do_norte_gabarito_preliminar_1_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107092/images/original/8447pm_sao_jose_do_norte_edital_0072013_anexo_3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107093/images/original/9883pm_sao_jose_do_norte_edital_0072013_anexo_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107094/images/original/7905pm_sao_jose_do_norte_edital_0072013_anexo_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107095/images/original/2327pm_sao_jose_do_norte_edital_0072013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107096/images/original/4470pm_sao_jose_do_norte_edital_0102013_anexo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107097/images/original/9206pm_sao_jose_do_norte_edital_0102013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107098/images/original/5143edital_0092013_resultado_final_antes_da_sess_o_de_desempate.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107099/images/original/8370pm_sao_jose_do_norte_edital_0092013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107100/images/original/5492edital_0082013_anexo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107101/images/original/8503edital_0082013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107102/images/original/7970edital_n_0112013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107103/images/original/5010edital_n_0112013_anexo_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107104/images/original/3497edital_n_0112013_anexo_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107106/images/original/5872decreto_n_10064_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107108/images/original/2106edital_n_0232013_convoca_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107109/images/original/6283edital_n_0122013_resultado_provas_de_t_tulos_e_pr_ticas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107110/images/original/6851edital_n_0122013_anexo_2_notas_da_prova_de_t_tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107111/images/original/2829edital_n_0122013_anexo_1_notas_das_provas_pr_ticas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107112/images/original/1502edital_n_0132013_resultado_final_e_respostas_dos_recursos_anexo_5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107113/images/original/7492edital_n_0132013_resultado_final_e_respostas_dos_recursos_anexo_4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107114/images/original/9198edital_n_0132013_resultado_final_e_respostas_dos_recursos_anexo_3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107115/images/original/3948edital_n_0132013_resultado_final_e_respostas_dos_recursos_anexo_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107116/images/original/7190edital_n_0132013_resultado_final_e_respostas_dos_recursos_anexo_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107117/images/original/9744edital_n_0132013_resultado_final_e_respostas_dos_recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107118/images/original/6028pm_sao_jose_do_norte_edital_142013_anexo_3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107119/images/original/2414pm_sao_jose_do_norte_edital_142013_anexo_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107120/images/original/8941pm_sao_jose_do_norte_edital_142013_anexo_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107121/images/original/2743pm_sao_jose_do_norte_edital_142013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107122/images/original/9300edital_n_302013_convoca_e_nomeia_candidatos_aprovados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107124/images/original/4291edital_samm_001.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107125/images/original/1488edital_n_0492013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107126/images/original/7539edital_n_0432013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107127/images/original/3931edital_n_0472013_concurso_p_blico_2013.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107128/images/original/8831edital_n_0532013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107130/images/original/3228concurso_2013_edital_n_0592003_cargo_novo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107131/images/original/3184concurso_2013_edital_n_0552003_cargo_novo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107133/images/original/4111edital_n_0062014_convoca_e_nomeia_candidatos_aprovados.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107134/images/original/6983edital_n_0082014_convoca_e_nomeia_candidatos_aprovados.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107135/images/original/9854untitled_20140130_140639.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107136/images/original/6321untitled_20140217_142507.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107137/images/original/4199untitled_20140217_141205.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107138/images/original/5139edital_018.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107139/images/original/2185edital_016.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107140/images/original/6773edital_n_0202014_convoca_e_nomeia_candidatos_aprovados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107141/images/original/9586edital_n_0212014_convoca_e_nomeia_candidatos_aprovados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107142/images/original/5570edital_n_0282014_v_rios_cargos.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107143/images/original/5943edital_n_0322014_concurso_2013_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107145/images/original/6584edital_n_0332014_concurso_2013_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107147/images/original/8990edital_n_0382014_concurso_2013_fisioterapeuta_marinheiro_mecanico_eletricista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107148/images/original/9200edital_n_0402014_concurso_2013_fisioterapeuta_e_outros.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107149/images/original/1072edital_n_0452014_convoca_e_nomeia_candidatos_aprovados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107150/images/original/9426edital_n_0502014_convoca_e_nomeia_candidato_aprovado_motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107151/images/original/5108edital_n_0532014_concurso_2013_monitor_escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107152/images/original/7249concurso_2013_edital_n_0562014.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107153/images/original/9207edital_n_0062015_nomeia_cargos_concurso_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107154/images/original/7019edital_n_0092015_nomeia_cargos_concurso_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107155/images/original/edital_no_0072016_nomeia_fisioterapeuta_concurso_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107156/images/original/edital_no_0042017_nomeia_cargos_mecanico_de_maquinas_pesadas_concurso_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107157/images/original/edital_no_0092017_nomeia_cargo_concurso_2016_enfermeiro_2013_arteteraputa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107158/images/original/edital_no_0112017_nomeia_cargos_concurso_20132016_monitor_transp_escolar_enfermeiro_e_professor_de_educacao_inf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107159/images/original/edital_no_0242017_arteterapeuta_concurso_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107037/images/original/5487edital_n_032014_retifica_o_concurso_p_blico_2014_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107052/images/original/6305edital_n_172014_publica_o_classifica_o_ap_s_recursos_concurso_p_blico_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107053/images/original/4988edital_n_182014_resultado_prova_pr_tica_retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107054/images/original/8888edital_n_192014_resultado_prova_discursiva_procurador_concurso_p_blico_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107034/images/original/2461edital_n_022014_retifica_o_concurso_p_blico_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107035/images/original/4114resumo_do_edital_001_2014_de_abertura_concurso_p_blico_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107036/images/original/5298edital_de_abertura_concurso_p_blico_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107038/images/original/8900edital_n_052014_divulga_o_das_inscri_es_homologadas_concurso_p_blico_2014_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107039/images/original/5798edital_n_042014_retifica_o_concurso_p_blico_2014_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107040/images/original/1452edital_n_006_portadores_de_necessidades_especiais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107041/images/original/6360edital_n_072014_edital_de_ensalamento_3_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107042/images/original/5223edital_n_08_2014_deferimento_inscricao_2_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107043/images/original/5994edital_n_092014_deferimento_inscri_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107044/images/original/9319gabarito_oficial_s_o_jos_do_norte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107045/images/original/1945edital_n_112014_retifica_o_concurso_p_blico_2014_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107046/images/original/3541requerimento_para_recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107047/images/original/6017edital_n_0132014_resultado_preliminar_prova_objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107048/images/original/6931edital_n_0122014_resultado_recursos_gabarito_prova_objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107049/images/original/9522edital_n_152014_classifica_o_ap_s_recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107050/images/original/3098edital_n_142014_resultado_recursos_classifica_o_preliminar_e_prova_de_t_tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107051/images/original/5519edital_n_162014_convoca_o_prova_pr_tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107055/images/original/8873edital_n_0512014_nomeia_cargos_concurso_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107056/images/original/1772edital_n_0542014_nomeia_cargos_concurso_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107057/images/original/4271concurso_2014_edital_n_0552014.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107058/images/original/5155edital_n_0052015_nomeia_cargos_concurso_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107059/images/original/5953edital_n_0102015_nomeia_cargos_concurso_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107060/images/original/3470edital_n_0022015_nomeia_cargos_concurso_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107061/images/original/4610edital_n_222014_resultado_dos_recursos_contra_resultado_final_concurso_p_blico_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107062/images/original/8976edital_n_212014_resultado_final_cargos_motorista_mte_op_m_q_pesadas_e_procurador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107063/images/original/edital_no_0202015_nomeacao_cp_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107064/images/original/edital_no_0042016_nomeia_cargos_concurso_2014_prof_educ_infantil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107065/images/original/edital_no_0052016_nomeia_cargo_concurso_2014_prof_educ_infantil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107066/images/original/edital_no_0082016_nomeia_cargo_concurso_2014_prof_educ_infantil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107067/images/original/edital_no_0152016_nomeia_cargo_concurso_2014_prof_educ_infantil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107068/images/original/edital_no_0182016_nomeia_cargo_concurso_2014_farmaceutico_e_bioquimico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107069/images/original/edital_no_0302016_nomeia_cargo_concurso_2014_procurador_e_agente_administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107070/images/original/edital_no_0022018_nomeia_cargo_concurso_2014_e_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107071/images/original/edital_no_0032018_nomeia_cargo_concurso_2014_e_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107072/images/original/edital_no_0052018_nomeia_cargo_concurso_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107073/images/original/edital_no_0182018_nomeia_cargos_concurso_2014_2016_e_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107074/images/original/edital_no_0052017_nomeia_cargo_concurso_20142016_espanholeducacao_infantil_e_servente_merendeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107075/images/original/edital_no_0352017_nomeia_cargo_concurso_2016_serv_e_merendeira_auxiliar_de_serv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107457/images/original/1186edital_n_0082015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107458/images/original/5131edital_n_0122015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107459/images/original/5307edital_n_0032015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107460/images/original/8067edital_n_0012015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107461/images/original/9282edital_n_0042015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107462/images/original/4242concurso_p_blico_2010_edital_de_abertura_n_012010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107463/images/original/8225concurso_p_blico_2010_edital_de_abertura_n_012010_resumo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107464/images/original/3880concurso_p_blico_2010_edital_de_abertura_n_02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107465/images/original/7413concurso_p_blico_2010_edital_de_abertura_n_03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107466/images/original/1353concurso_p_blico_2010_edital_de_abertura_n_012011_retifica_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107848/images/original/1023edital_014_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107467/images/original/7435concurso_p_blico_2010_edital_de_abertura_n_022010_retifica_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107468/images/original/6915concurso_p_blico_2010_edital_de_abertura_n_032010_retifica_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107469/images/original/7074concurso_p_blico_2010_edital_de_abertura_n_042010_retifica_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107470/images/original/2817concurso_p_blico_2010_edital_de_abertura_n_052010_retifica_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107471/images/original/7533rela_o_de_inscri_es_homologadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107472/images/original/6380rela_o_de_candidatos_por_vaga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107473/images/original/7417rela_o_de_inscri_es_homologadas_requerentes_de_aten_o_especial_para_realiza_o_da_prova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107474/images/original/5184rela_o_de_inscri_es_homologadas_portadores_de_necessidades_especiais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107475/images/original/4637rela_o_de_inscri_es_homologadas_ap_s_recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107476/images/original/1442mapa_dos_locais_de_prova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107477/images/original/1915lista_cand_e_locais_de_prova_n_m_dio_e_t_cnico_dia_30012011_pr_dio_6_ms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107478/images/original/6744lista_cand_e_locais_de_prova_n_m_dio_e_t_cnico_dia_30012011_pr_dio_5_ml.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107479/images/original/8483lista_cand_e_locais_de_prova_n_m_dio_e_t_cnico_dia_30012011_pr_dio_4_ron.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107480/images/original/2061lista_cand_e_locais_de_prova_n_m_dio_e_t_cnico_dia_30012011_pr_dio_3_sp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107481/images/original/4251lista_cand_e_locais_de_prova_n_m_dio_e_t_cnico_dia_30012011_pr_dio_2_apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107482/images/original/6605lista_cand_e_locais_de_prova_n_m_dio_e_t_cnico_dia_30012011_pr_dio_1_sjose.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107483/images/original/3454rela_o_de_cargos_e_locais_de_provas_n_vel_m_dio_e_t_cnico_dia_30012011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107484/images/original/4207mapa_dos_locais_de_prova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107485/images/original/8792lista_cand_e_locais_de_prova_n_sup_dia_06022011_pr_dio_4_e_m_e_f_ms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107486/images/original/8333lista_cand_e_locais_de_prova_n_sup_dia_06022011_pr_dio_3_e_m_e_f_sp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107487/images/original/1257lista_cand_e_locais_de_prova_n_sup_dia_06022011_pr_dio_2_apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107544/images/original/4935t_cnico_em_edifica_es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107488/images/original/6539lista_cand_e_locais_de_prova_n_sup_dia_06022011_pr_dio_1_i_e_e_s_o_jos_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107489/images/original/3401rela_o_de_cargos_e_locais_de_provas_n_vel_superior_dia_06022011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107490/images/original/4593mapa_dos_locais_de_prova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107491/images/original/8462lista_cand_e_locais_de_prova_n_fund_dia_23012011_pr_dio_6_e_e_e_f_mde_souza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107492/images/original/2562motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107493/images/original/7138lista_cand_e_locais_de_prova_n_fund_dia_23012011_pr_dio_5_e_m_e_f_m_lobato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107494/images/original/2753lista_cand_e_locais_de_prova_n_fund_dia_23012011_pr_dio_4_e_m_e_f_mrondon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107495/images/original/6849lista_cand_e_locais_de_prova_n_fund_dia_23012011_pr_dio_3_e_m_e_f_s_paiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107496/images/original/6209lista_cand_e_locais_de_prova_n_fund_dia_23012011_pr_dio_2_apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107497/images/original/4490lista_cand_e_locais_de_prova_n_fund_dia_23012011_pr_dio_1_i_e_e_s_o_jos_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107498/images/original/4493rela_o_de_cargos_e_locais_de_prova_n_vel_fundamental_dia_23012011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107499/images/original/4115soldador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107500/images/original/8897agente_de_servi_os_gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107501/images/original/8744servente_merendeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107502/images/original/3318tratorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107503/images/original/8974bombeiro_hidraulico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107504/images/original/4020calceteiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107505/images/original/4459carpinteiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107506/images/original/8731eletricista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107507/images/original/2341mecanico_eletricista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107508/images/original/5388mecanico_maquinas_pesadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107509/images/original/2320motorista_de_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107510/images/original/5826motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107511/images/original/8140operador_de_maquinas_pesadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107512/images/original/2394pedreiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107513/images/original/7795pintor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107514/images/original/5477pedreiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107515/images/original/9614pintor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107545/images/original/2355t_cnico_em_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107516/images/original/1860operador_de_maquinas_pesadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107517/images/original/5477pedreiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107518/images/original/9614pintor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107519/images/original/5597pintor_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107520/images/original/9424servente_merendeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107521/images/original/4850agente_de_servi_os_gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107522/images/original/5637servente_merendeira_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107523/images/original/2393agente_de_servi_os_gerais_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107524/images/original/1341bombeiro_hidraulico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107525/images/original/1596soldador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107526/images/original/2531calceteiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107527/images/original/5044tratorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107528/images/original/6741carpinteiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107529/images/original/1968eletricista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107530/images/original/5608eletricista_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107531/images/original/7670mecanico_de_maquinas_pesadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107532/images/original/1419mecanico_eletricista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107533/images/original/5221servente_merendeira_ser.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107534/images/original/3141motorista_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107535/images/original/4166motorista_de_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107536/images/original/6924agente_administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107537/images/original/2809guarda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107538/images/original/7498m_sico_todas_as_especialidades.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107539/images/original/8223secret_rio_de_escola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107540/images/original/1447t_cnico_agr_cola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107541/images/original/3725t_cnico_em_controle_ambiental_e_urban_stico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107542/images/original/3070t_cnico_em_controle_sanit_rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107543/images/original/6733t_cnico_em_controle_tribut_rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107546/images/original/7512t_cnico_em_inform_tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107547/images/original/1020guarda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107548/images/original/1333musico_bombard_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107549/images/original/2080musico_surdo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107550/images/original/2207musico_bumbo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107551/images/original/3014secretario_de_escola_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107552/images/original/3170tecnico_agricola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107553/images/original/3193secretario_de_escola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107554/images/original/4539agente_administrativo_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107555/images/original/4673tecnico_controle_tributario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107556/images/original/5504musico_trombone.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107557/images/original/5839tecnico_em_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107558/images/original/7110musico_prato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107559/images/original/7412musico_bombardino.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107560/images/original/7735musico_saxofone.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107561/images/original/7850guarda_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107562/images/original/8013tecnico_em_edifica_es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107563/images/original/8334tecnico_controle_amb_e_urb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107564/images/original/8567tecnico_em_informatica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107565/images/original/8703agente_administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107566/images/original/8868musico_tarol.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107567/images/original/8997musico_clarinete.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107568/images/original/9371tecnico_controle_sanitario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107569/images/original/9995musico_piston.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107570/images/original/1648engenheiro_agronomo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107571/images/original/1850procurador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107572/images/original/1912engenheiro_civil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107573/images/original/2008psicologo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107574/images/original/2281bibliotecario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107575/images/original/2413nutricionista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107576/images/original/2865economista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107577/images/original/3423prof_series_finais_portugues.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107578/images/original/3682farmaceutico_e_bioquimico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107579/images/original/3719prof_series_finais_ed_fisica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107580/images/original/3964contador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107581/images/original/4026prof_series_finais_ed_artistica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107582/images/original/4829professor_series_finais_ciencias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107583/images/original/6327bacharel_em_turismo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107584/images/original/6804prof_series_finais_historia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107585/images/original/6864medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107586/images/original/6967medico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107587/images/original/7200odontologo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107588/images/original/7565medico_ginecologista_e_obstetra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107589/images/original/7664prof_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107590/images/original/8327jornalista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107591/images/original/8381enfermeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107592/images/original/9144assistente_social.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107593/images/original/9190prof_series_finais_matematica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107594/images/original/9399arquiteto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107595/images/original/9501prof_series_finais_ingles.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107596/images/original/9829prof_series_finais_geografia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107597/images/original/1551prof_series_finais_historia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107598/images/original/1655prof_series_finais_ciencias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107599/images/original/2235prof_series_finais_educa_o_fisica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107600/images/original/2381professor_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107601/images/original/2440bacharel_em_turismo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107602/images/original/2535prof_series_finais_matematica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107722/images/original/6248medico_veterinario_mve.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107603/images/original/2951enfermeiro_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107604/images/original/3060contador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107605/images/original/3343economista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107606/images/original/3496engenheiro_civil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107607/images/original/3513engenheiro_agronomo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107608/images/original/3768farmaceutico_e_bioquimico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107609/images/original/3799procurador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107610/images/original/4026professor_series_iniciais_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107611/images/original/4666psicologo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107612/images/original/5940arquiteto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107613/images/original/6221professor_series_finais_ingles.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107614/images/original/6439odontologo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107615/images/original/6584assistente_social.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107616/images/original/6686jornalista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107617/images/original/7471prof_series_finais_portugues.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107618/images/original/7652medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107619/images/original/7679bibliotecario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107620/images/original/8172medico_ginecologista_e_obstetra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107621/images/original/8203enfermeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107622/images/original/8581professor_series_finais_geografia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107623/images/original/8593m_dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107624/images/original/8603prof_series_finais_educa_o_art_stica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107625/images/original/8679nutricionista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107626/images/original/4494horario_da_prova_pratica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107627/images/original/1044servente_merendeira_ser.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107658/images/original/9481soldador_sol.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107628/images/original/1194serv_mer_port_nec_esp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107629/images/original/1219motorista_pne_mot.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107630/images/original/1427eletricista_pne_ele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107631/images/original/1803motorista_de_transporte_escolar_mte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107632/images/original/1809motorista_mot.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107633/images/original/2789agente_de_servi_os_gerais_pne_asg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107634/images/original/2952tratorista_tra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107635/images/original/3316soldador_sol.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107636/images/original/3479eletricista_ele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107637/images/original/3693pedreiro_ped.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107638/images/original/4389mecanico_de_maquinas_pesadas_mmp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107639/images/original/7704pintor_ptr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107640/images/original/8337agente_de_servi_os_gerais_asg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107641/images/original/8648carpinteiro_car.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107642/images/original/9365mecanico_eletricista_mel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107643/images/original/9588operador_de_maquinas_pesadas_omp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107644/images/original/9614calceteiro_cal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107645/images/original/9664bombeiro_hidraulico_bhi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107646/images/original/1781calceteiro_cal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107647/images/original/2149pedreiro_ped.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107648/images/original/2161carpinteiro_car.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107649/images/original/2413tratorista_tra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107650/images/original/3486operador_de_maquinas_pesadas_omp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107651/images/original/3567bombeiro_hidraulico_bhi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107652/images/original/3842mecanico_maquinas_pesadas_mmp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107653/images/original/8196motorista_mot.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107654/images/original/8445agente_de_servi_os_gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107655/images/original/8765eletricista_ele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107656/images/original/9113motorista_de_transporte_escolar_mte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107657/images/original/9168mecanico_eletricista_mel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107659/images/original/9650pintor_ptr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107660/images/original/3670operador_de_maquinas_pesadas_omp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107661/images/original/6213motorista_mot.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107662/images/original/7375tratorista_tra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107663/images/original/8613motorista_de_transporte_escolar_mte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107664/images/original/2474tratorista_tra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107665/images/original/3694motorista_de_transporte_escolar_mte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107666/images/original/7477motorista_mot.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107667/images/original/9092operador_de_maquinas_pesadas_omp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107668/images/original/1209medico_med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107669/images/original/1391arquiteto_arq.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107670/images/original/1622medico_veterinario_mve.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107671/images/original/1772contador_con.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107672/images/original/2272engenheiro_agronomo_ega.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107673/images/original/2640nutricionista_nut.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107674/images/original/2644professor_educa_o_fisica_pef.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107675/images/original/3014odontologo_odo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107676/images/original/3968enfermeiro_enf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107677/images/original/4014professor_matematica_pma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107678/images/original/4374professor_ciencias_pci.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107679/images/original/4390medico_ginecologista_obstetra_mgo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107680/images/original/4552psicologo_psc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107681/images/original/4884professor_ingles_pin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107682/images/original/5304professor_geografia_pge.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107683/images/original/5554economista_ecn.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107684/images/original/5654bacharel_em_turismo_tur.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107685/images/original/6173professor_educa_o_artistica_pea.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107686/images/original/6190assistente_social_ass.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107687/images/original/6328procurador_pro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107688/images/original/6538farmaceutico_bioquimico_fbi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107689/images/original/7154professor_series_iniciais_psi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107690/images/original/7224professor_historia_phi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107691/images/original/7496jornalista_jor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107692/images/original/8017engenheiro_civil_egc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107693/images/original/4488tecnico_controle_sanitario_tcs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107694/images/original/8645professor_portugues_ppo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107695/images/original/9495enfermeiro_pne_enf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107696/images/original/9747bibliotecario_bbl.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107697/images/original/2465m_sico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107698/images/original/2849tecnico_de_controle_tributario_tct.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107699/images/original/3781tecnico_de_controle_sanitario_tcs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107700/images/original/4113tecnico_em_edifica_es_ted.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107701/images/original/4428tecnico_em_informatica_tin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107702/images/original/4766secretario_de_escola_ses.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107703/images/original/5267tecnico_agricola_tag.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107704/images/original/5510tecnico_controle_amb_e_urb_tca.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107705/images/original/8193agente_administrativo_aad.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107706/images/original/8224tecnico_em_enfermagem_ten.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107707/images/original/9464guarda_gua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107708/images/original/1351procurador_pro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107709/images/original/2038professor_educa_o_fisica_pef.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107710/images/original/3179m_dico_med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107711/images/original/3618professor_matematica_pma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107712/images/original/3687engenheiro_agronomo_ega.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107713/images/original/3873assistente_social_ass.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107714/images/original/3985nutricionista_nut.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107715/images/original/4107enfermeiro_enf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107716/images/original/4240professor_geografia_pge.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107717/images/original/4561professor_educa_o_artistica_pea.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107718/images/original/4693bacharel_turismo_tur.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107719/images/original/4718arquiteto_arq.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107720/images/original/5006psicologo_psc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107721/images/original/6182professor_series_iniciais_psi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107723/images/original/6909professor_historia_phi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107724/images/original/6930odontologo_odo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107725/images/original/6987jornalista_jor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107726/images/original/7497contador_con.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107727/images/original/7681engenheiro_civil_egc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107728/images/original/8026professor_ciencias_pci.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107729/images/original/8178economista_ecn.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107730/images/original/8529professor_ingles_pin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107731/images/original/8747bibliotecario_bbl.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107732/images/original/8894farmaceutico_e_bioquimico_fbi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107733/images/original/9039professor_portugues_ppo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107734/images/original/9957_m_dico_ginecologista_e_obstetra_mgo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107735/images/original/1025musico_saxofone_msx.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107736/images/original/1042agente_administrativo_pne_aad.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107737/images/original/1189tecnico_controle_sanitario_tcs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107738/images/original/1886musico_clarinete_mcl.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107739/images/original/2252musico_prato_mpr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107740/images/original/2388secretario_de_escola_pne_ses.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107741/images/original/3221secretario_de_escola_ses.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107742/images/original/3422musico_bombardino_mbn.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107743/images/original/3979musico_bombard_o_mbo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107744/images/original/5327tecnico_controle_tributario_tct.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107745/images/original/5394tecnico_em_enfermagem_ten.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107746/images/original/6140tecnico_de_controle_amb_e_urb_tca.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107747/images/original/6160musico_piston_mpi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107748/images/original/6550agente_administrativo_aad.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107749/images/original/7055musico_bumbo_mbu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107750/images/original/7684tecnico_em_edifica_es_ted.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107751/images/original/8882guarda_gua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107752/images/original/8882tecnico_agricola_tag.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107753/images/original/9193tecnico_em_informatica_tin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107754/images/original/9268guarda_pne_gua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107755/images/original/7671procurador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107756/images/original/1042professor_educa_o_artistica_pea.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107757/images/original/5452professor_matematica_pma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107758/images/original/6432professor_educa_o_fisica_pef.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107759/images/original/6434professor_series_iniciais_psi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107760/images/original/7169professor_historia_phi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107761/images/original/7210professor_ciencias_pci.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107762/images/original/7722professor_portugues_ppo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107763/images/original/9978professor_geografia_pge.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107764/images/original/1432professor_geografia_pge.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107765/images/original/1510professor_historia_phi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107766/images/original/1717professor_portugues_ppo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107767/images/original/2034professor_educa_o_artistica_pea.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107768/images/original/4410professor_educa_o_fisica_pef.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107769/images/original/5975professor_ciencias_pci.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107770/images/original/7080professor_series_iniciais_psi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107771/images/original/7253professor_matematica_pma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107772/images/original/4232procurador_pro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107773/images/original/1230tecnico_em_informatica_tin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107774/images/original/1339tecnico_em_enfermagem_ten.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107775/images/original/2885tecnico_controle_amb_1_e_urb_tca.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107776/images/original/4678secretario_de_escola_ses.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107777/images/original/5549tecnico_controle_tributario_tct.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107778/images/original/5958agente_administrativo_aad.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107779/images/original/6195guarda_gua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107780/images/original/9487tecnico_agricola_tag.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107781/images/original/9773guarda_pne_gua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107782/images/original/1441professor_geografia_pge.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107783/images/original/1686nutricionista_nut.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107784/images/original/2343professor_historia_phi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107785/images/original/2607bacharel_em_turismo_tur.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107786/images/original/3477assistente_social_ass.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107787/images/original/3556contador_con.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107788/images/original/3753odontologo_odo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107789/images/original/3892professor_ciencias_pci.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107790/images/original/4084bibliotecario_bbl.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107791/images/original/7181economista_ecn.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107792/images/original/7312arquiteto_arq.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107793/images/original/7720professor_educa_o_fisica_pef.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107794/images/original/8316procurador_pro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107795/images/original/9513professor_educa_o_artisitca_pea.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107796/images/original/9936professor_ingles_pin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107797/images/original/1217bombeiro_hidraulico_bhi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107798/images/original/2173operador_de_maquinas_pesadas_omp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107799/images/original/3263servente_merendeira_pne_ser.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107800/images/original/4421soldador_sol.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107801/images/original/4584servente_merendeira_ser.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107802/images/original/5044pedreiro_ped.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107803/images/original/5445calceteiro_cal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107804/images/original/7896agente_de_servi_os_gerais_asg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107805/images/original/8267tratorista_tra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107806/images/original/9486pintor_ptr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107807/images/original/1614termo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107808/images/original/9035concurso_p_blico_2010_edital_de_homologa_o_final_n_04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107809/images/original/9361edital_7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107810/images/original/6029edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107811/images/original/6299edital_n11.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107812/images/original/7338edital_14.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107813/images/original/1480edital_15.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107814/images/original/4279edital_18.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107815/images/original/5470edital_n_21_2011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107816/images/original/9973edital_024_2011_concurso_p_blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107817/images/original/1343edital_n_028_2011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107818/images/original/4665edital_029_2011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107819/images/original/2987edital_n_031_2011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107820/images/original/7819edital_n_0322011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107821/images/original/2457edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107822/images/original/6993edital_0032012_convoca_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107823/images/original/2209figura1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107824/images/original/4302edital_005_2012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107825/images/original/7621edital006.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107826/images/original/1280edital_n_08_2012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107827/images/original/4082edital_n_09_2012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107828/images/original/6838edital_n_010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107829/images/original/9728edital_n_0132012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107830/images/original/9483edital_n_0152012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107831/images/original/1656edital_n_162012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107832/images/original/3957edital_019_2012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107833/images/original/9697edital_025_2012_001.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107834/images/original/8698edital_n_027_2012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107835/images/original/4909edital_n_0282012_concurso_2010_enfermeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107836/images/original/4864edital_n_0292012_concurso_2010_enfermeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107837/images/original/7429edital_n_0332012_concurso_2010_agente_de_servi_os_gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107838/images/original/1410edital_n_0352012_concurso_2010_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107839/images/original/6135edital_037_2012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107840/images/original/4489edital_n_39_2012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107841/images/original/5952edital_n_040_2012_concurso_2010_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107842/images/original/8566edital_n_003_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107843/images/original/1873edital_n_008_2013_convoca_e_nomeia_candidatos_aprovados_no_concurso_de_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107844/images/original/9691edital_n_0312012_concurso_2010_portugu_s.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107845/images/original/3037edital_n_0322012_concurso_2010_agente_de_servi_os_gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107846/images/original/5513edital_n_0112013_concurso_2010_engenheiros.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107847/images/original/2561edital_013_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107849/images/original/2066edital_n_0192013_concurso_2010_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107850/images/original/2320edital_n_0212013_concurso_2010_prof_geografia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107851/images/original/5486edital_n_0222013_convoca_e_nomeia_candidatos_aprovados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107852/images/original/5127edital_n_0272013_convoca_e_nomeia_candidatos_aprovados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107853/images/original/9287edital_sma_001.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107854/images/original/2888edital_n_0372013_convoca_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107855/images/original/8517edital_n_0382013_concurso_2010_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107856/images/original/1406edital_n_0392013_concurso_2010_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107857/images/original/edital_no_0422013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107858/images/original/edital_no_0442013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107859/images/original/edital_no_0462013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107860/images/original/edital_no_050.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107861/images/original/5296edital_n_0522013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107862/images/original/7976concurso_2010_edital_n_0542013_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107863/images/original/6939concurso_2010_edital_n_0582013_pedreiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107864/images/original/9655concurso_2010_edital_n_0572013_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107865/images/original/4523concurso_2010_edital_n_0562013_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107866/images/original/2799untitled_20140109_083055.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107867/images/original/8080edital_n_009_2014_cp2010.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107868/images/original/2471untitled_20140130_140409.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107869/images/original/5836untitled_20140217_135548.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107870/images/original/6255untitled_20140217_142816.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107871/images/original/7459edital_017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107872/images/original/3793edital_n_0192014_concurso_p_blico_2010.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107873/images/original/3042edital_n_0222014_v_rios_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107874/images/original/4464edital_n_0252014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107875/images/original/8118edital_n_0272014_v_rios_cargos.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107876/images/original/1905edital_n_0292014_cargo_jornalista_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107877/images/original/9923edital_n_0312014_v_rios_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107878/images/original/6756edital_n_0342014_concurso_2010_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107879/images/original/7132edital_n_0372014_v_rios_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107880/images/original/2011edital_n_0392014_v_rios_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107881/images/original/8614untitled_20140728_140144.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107882/images/original/6088edital_n_0442014_nomeia_candidatos_aprovados_no_concurso_p_blico_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107883/images/original/7140edital_n_47_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107884/images/original/5581edital_n_0492014_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107885/images/original/7980edital_n_0522014_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107886/images/original/9002concurso_2010_edital_n_0572014.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107887/images/original/1266edital_n_0592014_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107888/images/original/8067edital_n_0012015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107889/images/original/5307edital_n_0032015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107890/images/original/9282edital_n_0042015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107891/images/original/5131edital_n_0122015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107892/images/original/1186edital_n_0082015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107893/images/original/edital_no_0192015_nomeia_contador_concurso_2010.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/664678/images/original/EDITAL_072_2025_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/663549/images/original/emissao_74EC5DEA434486579B0358D1_memorando-8--16.261-2025_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/625682/images/original/emissao_CE7A10DC5282FE2072151BC4_memorando-12--8.676-2025_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/617969/images/original/EDITAL_059_2025_ELO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/616314/images/original/EDITAL_058_2025_TECNICO_DE_CONTROLE_SANITARIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/611939/images/original/EDITAL_056_2025_PROFESSOR_EDUCACAO_INFANTIL_SUBST_ED_54_25_DESISTENCIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/610068/images/original/EDITAL_055_2025_PROCURADOR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/608994/images/original/EDITAL_054_2025_PROFESSOR_EDUCACAO_INFANTIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/604707/images/original/EDITAL_048_2025_AGENTE_ADM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/595866/images/original/EDITAL_045_2025_ELO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/588983/images/original/EDITAL_044_2025_ENFERMEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/579662/images/original/EDITAL_041_2025_ELO_1_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/579087/images/original/EDITAL_039_2025_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/578907/images/original/EDITAL_038_2025_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/560094/images/original/EDITAL_036_2025_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/557164/images/original/EDITAL_034_2025_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/552492/images/original/EDITAL_032_2025_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/552071/images/original/EDITAL_031_2025_ELO (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/550003/images/original/DECRETO N&#186; 20.125-2025 - PRORROGA CONCURSO P&#218;BLICO POR MAIS 2 ANOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/549980/images/original/EDITAL_030_205_ELO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/545930/images/original/EDITAL_029_205_ELO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/545868/images/original/EDITAL_028_205_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/544983/images/original/EDITAL_027_2025_TECNICO_EM_CONTABILIDADE_FAZENDARIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/542863/images/original/EDITAL_025_2025_ENFERMEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/530572/images/original/EDITAL_023_2025_CONTADOR_ELO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/528585/images/original/EDITAL_020_2025_MOTORISTA_TRANSPORTE_ESCOLAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/528584/images/original/EDITAL_019_2025_TECNICO_EM_ENFERMAGEM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/526237/images/original/EDITAL_018_2025_AGENTE_ADM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/525990/images/original/EDITAL_016_2025_ENFERMEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/525574/images/original/EDITAL_015_2025_AGENTE_ADM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/524469/images/original/EDITAL_014_2025_AGENTE_ADM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/523990/images/original/EDITAL_013_2025_AUDITOR_FISCAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/518687/images/original/EDITAL_008_2025_NUTRICIONISTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/517181/images/original/emissao_957B8768A7C7B9252B08FDFD_memorando-5--1.544-2025_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/500005/images/original/emissao_3C9CD5E4A7B29EE6670A8A06_memorando-3--19.667-2024_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/499779/images/original/emissao_8CA9D2EF3E27811C59C3C13C_memorando-20--18.307-2024_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/497731/images/original/emissao_217F911505AAF46D2EB76F8B_memorando-7--18.307-2024_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/496543/images/original/EDITAL_066_2024_ENFERMEIRO_E_AGENTE_ADMINISTRATIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/495793/images/original/EDITAL N&#186; 065_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/492940/images/original/EDITAL N&#186; 062_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/491314/images/original/EDITAL N&#186; 061_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/483215/images/original/EDITAL N&#186; 057_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/482540/images/original/EDITAL N&#186;055_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/478926/images/original/EDITAL N&#186;054_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/478101/images/original/EDITAL N&#186; 052_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/478102/images/original/EDITAL N&#186; 051_2024 CONVOCA E NOMEIA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/477676/images/original/EDITAL N&#186; 049_2024  CONVOCA E NOMEIA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/475650/images/original/EDITAL N&#186; 048_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/471879/images/original/EDITAL N&#186; 046_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/466681/images/original/EDITAL N&#186; 044_2024 CONVOCA E NOMEIA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/465436/images/original/EDITAL N&#186; 043_2024 CONVOCA E NOMEIA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/461069/images/original/EDITAL N&#186; 038_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/454205/images/original/edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/448002/images/original/EDITAL N&#186; 030_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/447033/images/original/EDITAL N&#186; 029_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/416762/images/original/EDITAL N&#186; 025_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/415979/images/original/EDITAL N&#186; 024.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/409598/images/original/EDITAL N&#186; 020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/404240/images/original/EDITAL N&#186; 016_2024 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/402709/images/original/EDITAL N&#186; 015.2024 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/401136/images/original/EDITAL N&#186; 013_2024 CONVOCA CANDIDATA APROVADA NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/400222/images/original/EDITAL N&#186; 011_2024 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/399967/images/original/EDITAL N&#186; 010_2024 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186;s 001_2018, 002_2018 e 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/398627/images/original/EDITAL_008_2024_TEC_DE_CONTR_AMB_E_URB_E_ENGENHEIRO_CIVIL_ASSINADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/396835/images/original/EDITAL N&#186; 006.2024 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/392423/images/original/EDITAL N&#186; 005.2024 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/392003/images/original/EDITAL N&#186; 003_2024 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/342302/images/original/EDITAL N&#186; 090_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/341043/images/original/EDITAL N&#186; 088_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/340767/images/original/EDITAL N&#186; 087_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/333567/images/original/EDITAL N&#186; 085_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186;s 002_2018 e 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/323438/images/original/EDITAL N&#186; 083_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186;s 002_2018 e 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/322975/images/original/EDITAL N&#186; 081_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/322083/images/original/EDITAL N&#186; 080_2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/319171/images/original/EDITAL N&#186; 076_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/318125/images/original/EDITAL N&#186; 073_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/315005/images/original/EDITAL N.&#186; 071_2023 CONVOCA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186;s 002_2018 e 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/314591/images/original/EDITAL N.&#186; 070_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/313501/images/original/EDITAL N.&#186; 069_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/311170/images/original/EDITAL N.&#186; 067_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/307533/images/original/EDITAL N.&#186; 064_2023 CONVOCA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/306332/images/original/EDITAL N.&#186; 063_2023 CONVOCA CANDIDATO APROVADO No CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/305332/images/original/EDITAL N.&#186; 061_2023 CONVOCA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186;S 001_2018 E 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/303814/images/original/EDITAL N.&#186; 060_2023 CONVOCA E NOMEIA CANDIDATOS APROVADO NO CONCURSO P&#218;BLICO  N&#186;001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/302558/images/original/EDITAL N.&#186; 057_2023 CONVOCA E NOMEIA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS  N&#186;s 001_2018 e 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/301845/images/original/EDITAL N.&#186; 056_2023 CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO P&#218;BLICO  N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/300088/images/original/EDITAL N.&#186; 054_2023 EDITAL N&#186; 052_2023 CONVOCA E NOMEIA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS  N&#186;S 001_2018, 002_2018 E 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/298496/images/original/EDITAL N&#186; 0522023  RETIFICA&#199;&#195;O CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186;S 0012018, 0022018 E 0012022..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/298160/images/original/EDITAL N&#186; 051_2023 CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO P&#218;BLICO N&#186;s 01_2018, 002_2018 e 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/296726/images/original/EDITAL N&#186; 050_2023 CONVOCA E NOMEIA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2018 E N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/295652/images/original/EDITAL N&#186; 048_2023  CONVOCA E NOMEIA CANDIDATO APROVADO NO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/295739/images/original/EDITAL N&#186; 047_2023  CONVOCA E NOMEIA CANDIDATAS APROVADAS NO CONCURSO P&#218;BLICO N&#186; 001_2018 e N&#186; 002_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/294997/images/original/EDITAL N&#186; 045_2023  CONVOCA E NOMEIA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/293647/images/original/EDITAL N&#186; 0442023  CONVOCA E NOMEIA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/292792/images/original/EDITAL N&#186; 042-2023 convoca e nomeia candidatos aprovados no concurso 001-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/292655/images/original/EDITAL N&#186; 0412023 CONVOCA E NOMEIA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186; 0012022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/292628/images/original/EDITAL N&#186; 0402023 CONVOCA E NOMEIA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186; 0012018 e 0012022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/290274/images/original/EDITAL N&#186; 0322023 CONVOCA E NOMEIA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186;S 0012018 E 0012022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/288781/images/original/EDITAL N&#186; 030_2023 CONVOCA E NOMEIA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186;S 001_2018, 002_2018 E 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/288313/images/original/EDITAL_029_2023 convoca e nomeia candidatos aprovados em concurso publico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/287050/images/original/EDITAL N&#186; 029_2022 EDITAL DE HOMOLOGA&#199;&#195;O CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/286829/images/original/EDITAL N&#186; 028_2022 - HOMOLOGA&#199;&#195;O DA LISTA DE CLASSIFICA&#199;&#195;O FINAL DO CONCURSO P&#218;BLICO N&#186; 001_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/286828/images/original/EDITAL N&#186; 027_2022 - 10&#186; RERRATIFICA&#199;&#195;O DO EDITAL DE ABERTURA DAS INSCRI&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/284942/images/original/EDITAL N&#186; 026_2022 - 9&#170; RERRATIFICA&#199;&#195;O DO EDITAL DE ABERTURA DAS INSCRI&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/282341/images/original/EDITAL N&#186; 025-2022 CLASSIFICA&#199;&#195;O COM A NOTA DAS PROVAS DISCURSIVAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/282340/images/original/DITAL N&#186; 024-2022 DIVULGA&#199;&#195;O DAS NOTAS DAS PROVAS PR&#193;TICAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/282339/images/original/EDITAL N&#186; 023-2022 RETIFICA&#199;&#195;O E HOMOLOGA&#199;&#195;O DO GABARITO DAS PROVAS DISCURSIVAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/280805/images/original/EDITAL_N_022_23_EDITAL_DE_RETIFICACAO_DA_CLASSIFICACAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/280804/images/original/EDITAL_N_021_2023_EDITAL_DE_RETIFICACAO_DA_LISTA_GERAL_DE_NOTAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/280803/images/original/EDITAL_N_020_23_RETIFICACAO_DA_HOMOLOGACAO_DO_GABARITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/280802/images/original/EDITAL_N_019_23_EDITAL_DE_RETIFICACAO_DO_JULGAMENTO_DOS_RECURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/277935/images/original/EDITAL N&#186; 15_2023 cronograma_alterado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/277936/images/original/EDITAL N&#186; 14_ 2023 Convocacao_Prova_Pratica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/277937/images/original/EDITAL N&#186; 13_2023 Retificacao_notas_das_provas_objetivas_e_homologacao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/277934/images/original/EDITAL N&#186; 12_2023 Retificacao_e_homologacao_do_gabarito_Medico_Veterinario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/277933/images/original/EDITAL N&#186; 11_2023 Retificacao_do_Julgamento_dos_recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/274784/images/original/010-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/274783/images/original/notas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/274785/images/original/homolog e gabarito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/273244/images/original/emissao_87B4F195C8DB9E703B073F2C_processo-administrativo-117--578-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/268117/images/original/Edital_n_008_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/266579/images/original/emissao_C41FC17064753301003E4BEA_processo-administrativo-109--578-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/263645/images/original/Prova .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/262956/images/original/emissao_AAF57ADE0236138F5B994069_processo-administrativo-103--578-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/258935/images/original/emissao_CB1EB80D0C7EBC941A1D6AB0_processo-administrativo-95--578-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/258263/images/original/EDITAL_N_003_RETIFICA_EDITAL_DE_ABERTURA_SUBSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/253176/images/original/EDITAL_DE_RETIFICACAO_SUBSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/253175/images/original/retifica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/248041/images/original/Concurso P&#250;blico 2022 - Edital n&#186; 01-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/674763/images/original/emissao_2FCB5678564D166A55B7EACE_memorando-8--18.171-2025_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/465419/images/original/edital 042.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/463970/images/original/EDITAL N&#186; 041_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/455215/images/original/EDITAL N&#186; 035_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/411574/images/original/EDITAL N&#186; 021_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/356315/images/original/EDITAL N&#186; 098_2023 CONVOCA E NOMEIA CANDIDATA APROVADA NO CONCURSO P&#218;BLICO  N&#186; 002_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/345439/images/original/EDITAL N&#186; 093_2023 CONVOCA E NOMEIA CANDIDATA APROVADA NO CONCURSO P&#218;BLICO  N&#186; 002_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/319008/images/original/EDITAL N&#186; 075_2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/310843/images/original/EDITAL N.&#186; 066_2018 CONVOCA E NOMEIA CANDIDATA APROVADA NO CONCURSO P&#218;BLICO  N&#186; 002_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/302679/images/original/EDITAL N.&#186; 059_2023 CONVOCA E NOMEIA CANDIDATOS APROVADO NO CONCURSO P&#218;BLICO  N&#186; 002_2018_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/283203/images/original/EDITAL N&#186; 025_2023  CONVOCA E NOMEIA CANDIDATA APROVADA NO II CONCURSO P&#218;BLICO N&#186;002_2018 - PROFESSOR DE EDUCA&#199;&#195;O INFANTIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/275066/images/original/emissao_BF703064074CB9BF78562353_memorando-14--1.632-2023_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/274435/images/original/Edital_n_010_2023_NOMEIA_PROFESOR_DE_EDUCACAO_INFANTIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/242563/images/original/Edital_n_068_2022_SUBSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/235951/images/original/Edital_N_063_2022_SUBSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/226392/images/original/Edtal_n_062_2022_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/223605/images/original/emissao_07D380B21C2EF25AE4AD540D_memorando-6--13.040-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/219431/images/original/Edital_n_051_2022_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/219166/images/original/emissao_5580B2E5CBDDEB5C971A7EB0_memorando-13--12.295-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/218507/images/original/emissao_834DA0D193AF2D073840E778_memorando-25--11.545-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/216689/images/original/edital 45 - 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/214608/images/original/EDITAL N&#186; 043-2022 CONVOCA e NOMEIA candidato aprovado no Concurso P&#250;blico n&#186;001-2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/214612/images/original/EDITAL N&#186; 042-2022 QUE CONVOCA E NOMEIA CANDIDATOS APROVADOS NOS CONCURSOS P&#218;BLICOS N&#186; 001-2016 E 002-2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/205616/images/original/sms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/204128/images/original/Edital_n_023_2022_SUBSCRITO (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/202746/images/original/Edital_n_021_2022_NOMEIA_PROFESSOR_ED_INFANTIL_E_SERIES_INCIAIS_SUBSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/200777/images/original/EDITAL N&#186; 019-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/197746/images/original/Edital_n_018_2022_ASSINADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/197744/images/original/editalll.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/194529/images/original/Edital_n_013_2022_SUSPENSAO_PRAZOS_CONCURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/193380/images/original/EDITAL PROFESSORES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/181905/images/original/EDITAL 08-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/179440/images/original/edital_006_2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/166020/images/original/EDITAL_N_041_2021_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/157003/images/original/Edital n&#186;38.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/130770/images/original/EDITAL N&#186;008.21 - PRAZOS PRORROGADOS DOS CONCURSOS (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107264/images/original/edital_011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107273/images/original/regime_juridico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107272/images/original/plano_de_carreira_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107270/images/original/plano_de_carreira_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107269/images/original/lei_organica_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107268/images/original/extrato_02_jornal_agora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107267/images/original/extrato_01_jornal_agora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107266/images/original/edital_013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107265/images/original/edital_012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107263/images/original/edital_010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107275/images/original/edital_n0142019_resultado_preliminar_prova_pratica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107262/images/original/edital_09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107261/images/original/edital_08.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107260/images/original/edital_07.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107259/images/original/edital_06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107258/images/original/edital_05.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107257/images/original/edital_04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107256/images/original/edital_03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107255/images/original/edital_02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107274/images/original/anexo_plano_de_carreira_do_mag.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107276/images/original/edital_n0152019_resultado_preliminar_prova_de_titulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/122167/images/original/EDITAL N&#186; 040.2020 - SUSPENS&#195;O DE PRAZOS DOS CONCURSOS - SUBSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107288/images/original/edital_no_0302019_nomeia_cargo_concurso_2016_tecnico_em_informatica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107296/images/original/untitled_20200430_152249.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107295/images/original/edital_no02120.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107294/images/original/edital_no202020_convoca_e_nomeia_tecnico_em_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107293/images/original/edital_no_0142020_nomeacao_de_professores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107292/images/original/013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107291/images/original/edital_no_0122020_nomeia_agente_comunitario_de_saude_e_odontologo_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107290/images/original/edital_no_0092020_nomeia_professor_series_finais_educacao_artistica_concursos_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107289/images/original/edital_no_0082020_nomeia_odontologo_concurso_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107287/images/original/edital_no_0262019_nomeia_assistente_social_ii_concursos_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107277/images/original/edital_no_0162019_notas_oficiais_taf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107286/images/original/edital_no_0252019_nomeia_cargo_concurso_2016_agente_administrativo_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107285/images/original/edital_no_0212019_retifica_edital_no_020_nomeia_professor_de_educacao_infantil_concursos_2016_ii.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107284/images/original/edital_no_0202019_nomeia_professor_de_educacao_infantil_e_auxiliar_de_educacao_concursos_2018_ii.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107283/images/original/edital_no_0132019_nomeia_professores_series_inciais_ii_concurso_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107282/images/original/edital_no_0112019_nomeia_professores_e_agente_comunitario_de_saude_concurso_2016_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107281/images/original/edital_no_0062019_nomeia_professores_e_agente_comunitario_de_saude_concurso_2016_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107280/images/original/edital_no_0182019_homologacao_do_resultado_final.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107279/images/original/edital_no_172019_notas_oficiais_prova_de_titulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107254/images/original/edital_01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/448604/images/original/EDITAL N&#186; 031.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/413241/images/original/EDITAL N&#186; 022_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/404495/images/original/EDITAL N&#186; 018_2024 CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO P&#218;BLICO N&#186;001_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/404403/images/original/EDITAL N&#186; 017_2024 CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO P&#218;BLICO N&#186;001_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/281080/images/original/EDITAIS N&#186; 021-2023  CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO P&#218;BLICO N&#186;001-2018 - MONITOR ESCOLAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/281079/images/original/EDITAL N&#186; 020 -2023  TORNA NULO EDITAL N&#186; 019-2023  QUE CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO P&#218;BLICO N&#186;001-2018 - MONITOR ESCOLAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/280857/images/original/EDITAL N&#186; 019- 2023  CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO P&#218;BLICO N&#186;001- 2018 - MONITOR ESCOLAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/283225/images/original/EDITAL N&#186; 017-2023 CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO P&#218;BLICO N&#186;001-2018 -  MONITOR ESCOLAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/275062/images/original/emissao_F1F4F7ACED338FBE1B37C966_memorando-9--2.156-2023_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/194531/images/original/Edital_n_013_2022_SUSPENSAO_PRAZOS_CONCURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/245060/images/original/emissao_095F93AD9F65E214BD8D8DC9_memorando-22--14.405-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/240571/images/original/Edital_n_065_2022_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/216692/images/original/edital 45 - 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/183936/images/original/EDITAL_N_010_2022_SUBSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/181904/images/original/EDITAL 08-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/177573/images/original/EDITAL EDUC INFAM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/166018/images/original/EDITAL_N_041_2021_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/159235/images/original/EDITAL_N_039_2021_CONCURSO_N_01_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/144548/images/original/EDITAL_N_028_2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/141982/images/original/Edital n&#176;025-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/139485/images/original/EDITAL_N_022_2021_CONCURSO_N_001_2018_SECRETARIO_DE_ESCOLA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/137604/images/original/Edital n&#186;019-2021 - Convoca e Nomeia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/136684/images/original/EDITAL N&#186; 018.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/133982/images/original/Edital n&#176;015-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/130771/images/original/EDITAL N&#186;008.21 - PRAZOS PRORROGADOS DOS CONCURSOS (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107240/images/original/edital_no_009_2018_resultado_definitivo_das_provas_objetivas_e_convocacao_para_a_prova_pratica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107228/images/original/edital_n_002_2018_retifica_o_edital_no_001_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107229/images/original/edital_n_0042018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107230/images/original/edital_no_0052018_nomeia_cargo_concurso_2014_1_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107231/images/original/edital_no_005_2018_inscricoes_deferidas_apos_recurso_e_locais_de_provas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107232/images/original/edital_no_0062018_nomeia_cargo_concurso_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107233/images/original/inscricoes_deferidas_apos_recursos_opcao_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107234/images/original/inscricoes_deferidas_apos_recursos_opcao_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107235/images/original/relatorio_definitivo_das_inscricoes_deferidas_pcd_opcao_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107236/images/original/relatorio_definitivo_das_inscricoes_deferidas_pcd_opcao_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107237/images/original/locais_de_prova_opcao_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107238/images/original/locais_de_prova_opcao_2_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107239/images/original/locais_de_prova_op_2_atualizada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107241/images/original/edital_no_011_2018_resultado_preliminar_da_prova_de_titulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/122165/images/original/EDITAL N&#186; 040.2020 - SUSPENS&#195;O DE PRAZOS DOS CONCURSOS - SUBSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107242/images/original/edital_no_013_2018_classificacao_definitiva_e_homologacao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107243/images/original/classificacao_definitiva_candidatos_pcd_opcao_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107244/images/original/classificacao_definitiva_geral_opcao_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107245/images/original/classificacao_definitiva_geral_opcao_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107246/images/original/edital_no_0182018_nomeia_cargos_concurso_2014_2016_e_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107247/images/original/edital_no_0302018_nomeia_cargos_concurso_e_professor_de_educacao_inf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107248/images/original/edital_no_0322018_nomeia_professor_de_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107249/images/original/edital_no_0152019_nomeia_professor_de_educacao_inf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107250/images/original/edital_no_0202019_nomeia_professor_de_educacao_infantil_e_auxiliar_de_educacao_concursos_2018_ii.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107251/images/original/edital_no_0412019_nomeia_odontologo_concurso_2018_2.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107252/images/original/edital_no_0082020_nomeia_odontologo_concurso_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107253/images/original/edital_no_172020_convoca_e_nomeia_candidatos_aprovados_nos_concursos_de_2016_e_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/109998/images/original/EDITAL N&#186; 029.2020 - Nomeia e convoca candidatos aprovados concurso 2016 e 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107227/images/original/edital_no_001_2018_concurso_publico_original.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/281078/images/original/EDITAL N&#186; 020 -2023  TORNA NULO EDITAL N&#186; 019-2023  QUE CONVOCA E NOMEIA CANDIDATOS APROVADOS NO CONCURSO P&#218;BLICO N&#186;001-2018 - MONITOR ESCOLAR.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/221173/images/original/emissao_94CE77F0DBE2D72DF73090D7_memorando-7--9.276-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/220838/images/original/Edital_n_056_2022_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/220289/images/original/ed fisica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/219513/images/original/edital 53.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/219432/images/original/Edital_n_051_2022_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/219144/images/original/Edital_n_049_2022_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/218441/images/original/Edital_n_047_2022_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/216735/images/original/edtial 46-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/215989/images/original/Edital_n_044_2022_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/214256/images/original/EDITAL_N_40_22_PUBLICADO_EM_26_07_22 CONVOCA E NOMEIA PROFESSOR DE S&#201;RIES INICIAIS _ INGL&#202;S.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/213127/images/original/Edital n&#186; 039-2022 - CONVOCA e NOMEIA candidatos aprovados no Concurso P&#250;blico n&#186; 001 -2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/208052/images/original/EDITAL N&#186; 035-2022 convoca e nomeia candidato aprovado no concurso n&#176; 001-2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/207633/images/original/Edital_n_034_2022 - CONVOCA e NOMEIA candidatos aprovados no Concurso P&#250;blico n&#186; 001-2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/206176/images/original/Edital_n_028_2022_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/205733/images/original/EDITAL N&#186;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/204119/images/original/emissao_04D98D561700238F4EBBB2BC_memorando-7.708-2022_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/197745/images/original/editalll.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/194698/images/original/Edital_n_014_2022_Convoca_Agente_Adm_Concurso_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/194532/images/original/Edital_n_013_2022_SUSPENSAO_PRAZOS_CONCURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/151191/images/original/EDITAL_N_033_2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/132225/images/original/edital n&#186; 012.21 - Convoca e Nomeia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/131096/images/original/Edital n&#186; 009.2021 -  NOMEIA ELETRICISTA - CONCURSO P&#218;BLICO N 001.2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/130769/images/original/EDITAL N&#186;008.21 - PRAZOS PRORROGADOS DOS CONCURSOS (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/129438/images/original/EDITAL N&#186;004.2021 - NOMEIA ENGENHEIRO CIVIL- CONCUSO P&#218;BLICO 2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/128400/images/original/EDITAL CONVOCA&#199;&#195;O N&#186; 002.2021 - ASSINADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/127964/images/original/Edital  n&#186; 046.2020 - Convoca&#231;&#227;o de merendeiras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107179/images/original/edital_no_0032018_nomeia_cargo_concurso_2014_e_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107193/images/original/edital_no_0212017_nomeia_cargo_concurso_2016_serv_e_merendeira_ag_comunitario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107192/images/original/edital_no_0192017_nomeia_cargos_concurso_2016_contador_tec_ambiental.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107191/images/original/edital_no_0152017_nomeia_cargo_concurso_2016_series_finais_professor_de_historia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107190/images/original/edital_no_0142017_nomeia_cargo_concurso_2016_secretario_de_escola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107189/images/original/edital_no_0132017_nomeia_cargo_concurso_2016_psicologo_e_tecnico_em_informatica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107188/images/original/edital_no_0112017_nomeia_cargos_concurso_20132016_monitor_transp_escolar_enfermeiro_e_professor_de_educacao_inf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107187/images/original/edital_no_0092017_nomeia_cargo_concurso_2016_enfermeiro_2013_arteteraputa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107186/images/original/edital_no_0072017_nomeia_cargo_concurso_2016_medico_e_enfermeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107185/images/original/edital_no_0052017_nomeia_cargo_concurso_20142016_espanholeducacao_infantil_e_servente_merendeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107184/images/original/edital_no_0192018_nomeia_cargos_concurso_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107183/images/original/edital_no_0112018_nomeia_cargos_concurso_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107182/images/original/edital_no_0062018_nomeia_cargo_concurso_2016_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107181/images/original/edital_no_0052018_nomeia_cargo_concurso_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107180/images/original/edital_no_0042018_nomeia_cargos_concurso_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107178/images/original/edital_no_0022018_nomeia_cargo_concurso_2014_e_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107195/images/original/edital_no_0272017_nomeia_cargos_concurso_2016_mecanico_de_maquinas_pesadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107169/images/original/edital_04_homologacao_das_inscricoes_pdf_79.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107162/images/original/lei_municipal_no_4522006_dispoe_sobre_o_regime_juridico_dos_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107163/images/original/lei_municipal_no_4532006_dispoe_sobre_o_regime_juridico_dos_servidores_publicos_estplancarmag.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107164/images/original/edital_0022016_retificacao_edital_0012016_abertura_concurso_publico_cr_varios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107165/images/original/lei_compl_no_0052011_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107166/images/original/lei_municipal_no_0021987_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107167/images/original/edital_no_032016_retificacao_do_edital_de_abertura_e_inscricoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107170/images/original/edital_no_0052016_retificacao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107177/images/original/edital_n_122016_gabarito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107171/images/original/edital_no_006_resultado_da_homologacao_das_inscricoes_oficial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107172/images/original/edital_07_locais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107173/images/original/edital_08_locais_retifica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107174/images/original/edital_09_locais_retifica_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107175/images/original/edital_10_locais_retifica_0072016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107176/images/original/edital_0112016_gabarito_preliminar_das_provas_de_16_outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107194/images/original/edital_no_0262017_nomeia_cargos_concurso_2016_mecanico_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107196/images/original/edital_no_0312017_nomeia_cargo_concurso_2016_psicologo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/122164/images/original/EDITAL N&#186; 040.2020 - SUSPENS&#195;O DE PRAZOS DOS CONCURSOS - SUBSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107214/images/original/edital_no0012020_de_convocacao_de_arquiteto_concurso_2016.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/111220/images/original/EDITAL 031.2020 II.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/109997/images/original/EDITAL N&#186; 029.2020 - Nomeia e convoca candidatos aprovados concurso 2016 e 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107226/images/original/edital_0252020_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107225/images/original/edital_no_024_com_subscricao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107224/images/original/edital_no0232020_enfermeiro_subscrito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107223/images/original/edital_no02120.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107222/images/original/edital_no_0192020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107221/images/original/edital_no_0182020_nomeia_agente_administ_contador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107220/images/original/edital_no_172020_convoca_e_nomeia_candidatos_aprovados_nos_concursos_de_2016_e_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107219/images/original/edital_no_162020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107218/images/original/edital_no_0142020_nomeacao_de_professores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107217/images/original/013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107216/images/original/edital_no_0102020_nomeia_motorista_concursos_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107215/images/original/edital_no_0082020_nomeia_odontologo_concurso_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107213/images/original/edital_no_0462019_nomeia_cargo_concurso_2016_arquiteto_motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107197/images/original/edital_no_0352017_nomeia_cargo_concurso_2016_serv_e_merendeira_auxiliar_de_serv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107204/images/original/edital_no_0232019_nomeia_cargo_concurso_2016_agente_administrativo_e_tecnico_em_informatica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107198/images/original/edital_no_0192018_nomeia_cargos_concurso_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107199/images/original/decreto.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107200/images/original/edital_no_0062019_nomeia_professores_e_agente_comunitario_de_saude_concurso_2016_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107201/images/original/edital_no_0082019_nomeia_enfermeiro_concurso_2016.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107202/images/original/edital_no_0112019_nomeia_professores_e_agente_comunitario_de_saude_concurso_2016_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107203/images/original/edital_no_0162019_nomeia_cargo_servente_merendeira_concurso_publico_no01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107205/images/original/edital_no_0182019_nomeia_cargo_tecnico_em_informatica_concurso_publico_no01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107212/images/original/edital_no_0352019_nomeia_cargo_concurso_2016_tecnico_em_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107206/images/original/edital_no_0212019_retifica_edital_no_020_nomeia_professor_de_educacao_infantil_concursos_2016_ii.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107207/images/original/edital_no_0252019_nomeia_cargo_concurso_2016_agente_administrativo_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107208/images/original/edital_no_0282019_nomeia_cargo_concurso_2016_agente_administrativo_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107209/images/original/edital_no_0302019_nomeia_cargo_concurso_2016_tecnico_em_informatica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107210/images/original/edital_16_homologacao_sjn_pdf_96.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107211/images/original/edital_212016_de_homologacao_final_cargos_com_prova_pratica_titulos_e_discursiva_pdf_52.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107160/images/original/edital_n_0012016_concurso_publico_cr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107076/images/original/4742concurso_p_blico_2013_edital_de_abertura_n_0012013_resumo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107077/images/original/5539edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107078/images/original/5594anexo_i_atribui_es_dos_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107079/images/original/1532anexo_ii_detalhamento_das_provas_objetivas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107080/images/original/6801edital_redimensionado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107081/images/original/6391anexo_iv_requerimento_pessoas_portadoras_de_defici_ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107082/images/original/5257anexo_v_formul_rio_para_acompanhamento_de_t_tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107083/images/original/9619edital_n_0022013_retifica_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107084/images/original/4481edital_n_0032013_retifica_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107085/images/original/6774concurso_p_blico_2013_edital_n_04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107086/images/original/2947pm_sao_jose_do_norte_anexo_2_edital_0052013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107087/images/original/1972pm_sao_jose_do_norte_anexo_1_edital_0052013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107088/images/original/7502pm_sao_jose_do_norte_edital_0052013_homologa_o_das_inscri_es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107089/images/original/4763pm_sao_jose_do_norte_edital_0062013_anexo_1_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107090/images/original/6975pm_sao_jose_do_norte_edital_0062013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107091/images/original/3718pm_sao_jose_do_norte_gabarito_preliminar_1_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107092/images/original/8447pm_sao_jose_do_norte_edital_0072013_anexo_3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107093/images/original/9883pm_sao_jose_do_norte_edital_0072013_anexo_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107094/images/original/7905pm_sao_jose_do_norte_edital_0072013_anexo_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107095/images/original/2327pm_sao_jose_do_norte_edital_0072013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107096/images/original/4470pm_sao_jose_do_norte_edital_0102013_anexo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107097/images/original/9206pm_sao_jose_do_norte_edital_0102013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107098/images/original/5143edital_0092013_resultado_final_antes_da_sess_o_de_desempate.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107099/images/original/8370pm_sao_jose_do_norte_edital_0092013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107100/images/original/5492edital_0082013_anexo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107101/images/original/8503edital_0082013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107102/images/original/7970edital_n_0112013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107103/images/original/5010edital_n_0112013_anexo_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107104/images/original/3497edital_n_0112013_anexo_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107106/images/original/5872decreto_n_10064_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107108/images/original/2106edital_n_0232013_convoca_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107109/images/original/6283edital_n_0122013_resultado_provas_de_t_tulos_e_pr_ticas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107110/images/original/6851edital_n_0122013_anexo_2_notas_da_prova_de_t_tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107111/images/original/2829edital_n_0122013_anexo_1_notas_das_provas_pr_ticas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107112/images/original/1502edital_n_0132013_resultado_final_e_respostas_dos_recursos_anexo_5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107113/images/original/7492edital_n_0132013_resultado_final_e_respostas_dos_recursos_anexo_4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107114/images/original/9198edital_n_0132013_resultado_final_e_respostas_dos_recursos_anexo_3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107115/images/original/3948edital_n_0132013_resultado_final_e_respostas_dos_recursos_anexo_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107116/images/original/7190edital_n_0132013_resultado_final_e_respostas_dos_recursos_anexo_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107117/images/original/9744edital_n_0132013_resultado_final_e_respostas_dos_recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107118/images/original/6028pm_sao_jose_do_norte_edital_142013_anexo_3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107119/images/original/2414pm_sao_jose_do_norte_edital_142013_anexo_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107120/images/original/8941pm_sao_jose_do_norte_edital_142013_anexo_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107121/images/original/2743pm_sao_jose_do_norte_edital_142013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107122/images/original/9300edital_n_302013_convoca_e_nomeia_candidatos_aprovados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107124/images/original/4291edital_samm_001.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107125/images/original/1488edital_n_0492013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107126/images/original/7539edital_n_0432013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107127/images/original/3931edital_n_0472013_concurso_p_blico_2013.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107128/images/original/8831edital_n_0532013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107130/images/original/3228concurso_2013_edital_n_0592003_cargo_novo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107131/images/original/3184concurso_2013_edital_n_0552003_cargo_novo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107133/images/original/4111edital_n_0062014_convoca_e_nomeia_candidatos_aprovados.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107134/images/original/6983edital_n_0082014_convoca_e_nomeia_candidatos_aprovados.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107135/images/original/9854untitled_20140130_140639.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107136/images/original/6321untitled_20140217_142507.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107137/images/original/4199untitled_20140217_141205.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107138/images/original/5139edital_018.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107139/images/original/2185edital_016.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107140/images/original/6773edital_n_0202014_convoca_e_nomeia_candidatos_aprovados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107141/images/original/9586edital_n_0212014_convoca_e_nomeia_candidatos_aprovados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107142/images/original/5570edital_n_0282014_v_rios_cargos.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107143/images/original/5943edital_n_0322014_concurso_2013_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107145/images/original/6584edital_n_0332014_concurso_2013_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107147/images/original/8990edital_n_0382014_concurso_2013_fisioterapeuta_marinheiro_mecanico_eletricista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107148/images/original/9200edital_n_0402014_concurso_2013_fisioterapeuta_e_outros.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107149/images/original/1072edital_n_0452014_convoca_e_nomeia_candidatos_aprovados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107150/images/original/9426edital_n_0502014_convoca_e_nomeia_candidato_aprovado_motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107151/images/original/5108edital_n_0532014_concurso_2013_monitor_escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107152/images/original/7249concurso_2013_edital_n_0562014.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107153/images/original/9207edital_n_0062015_nomeia_cargos_concurso_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107154/images/original/7019edital_n_0092015_nomeia_cargos_concurso_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107155/images/original/edital_no_0072016_nomeia_fisioterapeuta_concurso_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107156/images/original/edital_no_0042017_nomeia_cargos_mecanico_de_maquinas_pesadas_concurso_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107157/images/original/edital_no_0092017_nomeia_cargo_concurso_2016_enfermeiro_2013_arteteraputa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107158/images/original/edital_no_0112017_nomeia_cargos_concurso_20132016_monitor_transp_escolar_enfermeiro_e_professor_de_educacao_inf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107159/images/original/edital_no_0242017_arteterapeuta_concurso_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107037/images/original/5487edital_n_032014_retifica_o_concurso_p_blico_2014_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107052/images/original/6305edital_n_172014_publica_o_classifica_o_ap_s_recursos_concurso_p_blico_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107053/images/original/4988edital_n_182014_resultado_prova_pr_tica_retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107054/images/original/8888edital_n_192014_resultado_prova_discursiva_procurador_concurso_p_blico_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107034/images/original/2461edital_n_022014_retifica_o_concurso_p_blico_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107035/images/original/4114resumo_do_edital_001_2014_de_abertura_concurso_p_blico_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107036/images/original/5298edital_de_abertura_concurso_p_blico_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107038/images/original/8900edital_n_052014_divulga_o_das_inscri_es_homologadas_concurso_p_blico_2014_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107039/images/original/5798edital_n_042014_retifica_o_concurso_p_blico_2014_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107040/images/original/1452edital_n_006_portadores_de_necessidades_especiais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107041/images/original/6360edital_n_072014_edital_de_ensalamento_3_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107042/images/original/5223edital_n_08_2014_deferimento_inscricao_2_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107043/images/original/5994edital_n_092014_deferimento_inscri_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107044/images/original/9319gabarito_oficial_s_o_jos_do_norte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107045/images/original/1945edital_n_112014_retifica_o_concurso_p_blico_2014_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107046/images/original/3541requerimento_para_recurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107047/images/original/6017edital_n_0132014_resultado_preliminar_prova_objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107048/images/original/6931edital_n_0122014_resultado_recursos_gabarito_prova_objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107049/images/original/9522edital_n_152014_classifica_o_ap_s_recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107050/images/original/3098edital_n_142014_resultado_recursos_classifica_o_preliminar_e_prova_de_t_tulos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107051/images/original/5519edital_n_162014_convoca_o_prova_pr_tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107055/images/original/8873edital_n_0512014_nomeia_cargos_concurso_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107056/images/original/1772edital_n_0542014_nomeia_cargos_concurso_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107057/images/original/4271concurso_2014_edital_n_0552014.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107058/images/original/5155edital_n_0052015_nomeia_cargos_concurso_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107059/images/original/5953edital_n_0102015_nomeia_cargos_concurso_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107060/images/original/3470edital_n_0022015_nomeia_cargos_concurso_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107061/images/original/4610edital_n_222014_resultado_dos_recursos_contra_resultado_final_concurso_p_blico_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107062/images/original/8976edital_n_212014_resultado_final_cargos_motorista_mte_op_m_q_pesadas_e_procurador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107063/images/original/edital_no_0202015_nomeacao_cp_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107064/images/original/edital_no_0042016_nomeia_cargos_concurso_2014_prof_educ_infantil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107065/images/original/edital_no_0052016_nomeia_cargo_concurso_2014_prof_educ_infantil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107066/images/original/edital_no_0082016_nomeia_cargo_concurso_2014_prof_educ_infantil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107067/images/original/edital_no_0152016_nomeia_cargo_concurso_2014_prof_educ_infantil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107068/images/original/edital_no_0182016_nomeia_cargo_concurso_2014_farmaceutico_e_bioquimico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107069/images/original/edital_no_0302016_nomeia_cargo_concurso_2014_procurador_e_agente_administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107070/images/original/edital_no_0022018_nomeia_cargo_concurso_2014_e_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107071/images/original/edital_no_0032018_nomeia_cargo_concurso_2014_e_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107072/images/original/edital_no_0052018_nomeia_cargo_concurso_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107073/images/original/edital_no_0182018_nomeia_cargos_concurso_2014_2016_e_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107074/images/original/edital_no_0052017_nomeia_cargo_concurso_20142016_espanholeducacao_infantil_e_servente_merendeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107075/images/original/edital_no_0352017_nomeia_cargo_concurso_2016_serv_e_merendeira_auxiliar_de_serv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107457/images/original/1186edital_n_0082015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107458/images/original/5131edital_n_0122015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107459/images/original/5307edital_n_0032015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107460/images/original/8067edital_n_0012015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107461/images/original/9282edital_n_0042015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107462/images/original/4242concurso_p_blico_2010_edital_de_abertura_n_012010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107463/images/original/8225concurso_p_blico_2010_edital_de_abertura_n_012010_resumo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107464/images/original/3880concurso_p_blico_2010_edital_de_abertura_n_02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107465/images/original/7413concurso_p_blico_2010_edital_de_abertura_n_03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107466/images/original/1353concurso_p_blico_2010_edital_de_abertura_n_012011_retifica_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107848/images/original/1023edital_014_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107467/images/original/7435concurso_p_blico_2010_edital_de_abertura_n_022010_retifica_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107468/images/original/6915concurso_p_blico_2010_edital_de_abertura_n_032010_retifica_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107469/images/original/7074concurso_p_blico_2010_edital_de_abertura_n_042010_retifica_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107470/images/original/2817concurso_p_blico_2010_edital_de_abertura_n_052010_retifica_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107471/images/original/7533rela_o_de_inscri_es_homologadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107472/images/original/6380rela_o_de_candidatos_por_vaga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107473/images/original/7417rela_o_de_inscri_es_homologadas_requerentes_de_aten_o_especial_para_realiza_o_da_prova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107474/images/original/5184rela_o_de_inscri_es_homologadas_portadores_de_necessidades_especiais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107475/images/original/4637rela_o_de_inscri_es_homologadas_ap_s_recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107476/images/original/1442mapa_dos_locais_de_prova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107477/images/original/1915lista_cand_e_locais_de_prova_n_m_dio_e_t_cnico_dia_30012011_pr_dio_6_ms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107478/images/original/6744lista_cand_e_locais_de_prova_n_m_dio_e_t_cnico_dia_30012011_pr_dio_5_ml.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107479/images/original/8483lista_cand_e_locais_de_prova_n_m_dio_e_t_cnico_dia_30012011_pr_dio_4_ron.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107480/images/original/2061lista_cand_e_locais_de_prova_n_m_dio_e_t_cnico_dia_30012011_pr_dio_3_sp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107481/images/original/4251lista_cand_e_locais_de_prova_n_m_dio_e_t_cnico_dia_30012011_pr_dio_2_apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107482/images/original/6605lista_cand_e_locais_de_prova_n_m_dio_e_t_cnico_dia_30012011_pr_dio_1_sjose.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107483/images/original/3454rela_o_de_cargos_e_locais_de_provas_n_vel_m_dio_e_t_cnico_dia_30012011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107484/images/original/4207mapa_dos_locais_de_prova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107485/images/original/8792lista_cand_e_locais_de_prova_n_sup_dia_06022011_pr_dio_4_e_m_e_f_ms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107486/images/original/8333lista_cand_e_locais_de_prova_n_sup_dia_06022011_pr_dio_3_e_m_e_f_sp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107487/images/original/1257lista_cand_e_locais_de_prova_n_sup_dia_06022011_pr_dio_2_apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107544/images/original/4935t_cnico_em_edifica_es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107488/images/original/6539lista_cand_e_locais_de_prova_n_sup_dia_06022011_pr_dio_1_i_e_e_s_o_jos_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107489/images/original/3401rela_o_de_cargos_e_locais_de_provas_n_vel_superior_dia_06022011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107490/images/original/4593mapa_dos_locais_de_prova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107491/images/original/8462lista_cand_e_locais_de_prova_n_fund_dia_23012011_pr_dio_6_e_e_e_f_mde_souza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107492/images/original/2562motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107493/images/original/7138lista_cand_e_locais_de_prova_n_fund_dia_23012011_pr_dio_5_e_m_e_f_m_lobato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107494/images/original/2753lista_cand_e_locais_de_prova_n_fund_dia_23012011_pr_dio_4_e_m_e_f_mrondon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107495/images/original/6849lista_cand_e_locais_de_prova_n_fund_dia_23012011_pr_dio_3_e_m_e_f_s_paiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107496/images/original/6209lista_cand_e_locais_de_prova_n_fund_dia_23012011_pr_dio_2_apae.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107497/images/original/4490lista_cand_e_locais_de_prova_n_fund_dia_23012011_pr_dio_1_i_e_e_s_o_jos_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107498/images/original/4493rela_o_de_cargos_e_locais_de_prova_n_vel_fundamental_dia_23012011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107499/images/original/4115soldador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107500/images/original/8897agente_de_servi_os_gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107501/images/original/8744servente_merendeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107502/images/original/3318tratorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107503/images/original/8974bombeiro_hidraulico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107504/images/original/4020calceteiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107505/images/original/4459carpinteiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107506/images/original/8731eletricista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107507/images/original/2341mecanico_eletricista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107508/images/original/5388mecanico_maquinas_pesadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107509/images/original/2320motorista_de_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107510/images/original/5826motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107511/images/original/8140operador_de_maquinas_pesadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107512/images/original/2394pedreiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107513/images/original/7795pintor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107514/images/original/5477pedreiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107515/images/original/9614pintor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107545/images/original/2355t_cnico_em_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107516/images/original/1860operador_de_maquinas_pesadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107517/images/original/5477pedreiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107518/images/original/9614pintor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107519/images/original/5597pintor_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107520/images/original/9424servente_merendeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107521/images/original/4850agente_de_servi_os_gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107522/images/original/5637servente_merendeira_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107523/images/original/2393agente_de_servi_os_gerais_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107524/images/original/1341bombeiro_hidraulico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107525/images/original/1596soldador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107526/images/original/2531calceteiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107527/images/original/5044tratorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107528/images/original/6741carpinteiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107529/images/original/1968eletricista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107530/images/original/5608eletricista_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107531/images/original/7670mecanico_de_maquinas_pesadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107532/images/original/1419mecanico_eletricista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107533/images/original/5221servente_merendeira_ser.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107534/images/original/3141motorista_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107535/images/original/4166motorista_de_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107536/images/original/6924agente_administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107537/images/original/2809guarda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107538/images/original/7498m_sico_todas_as_especialidades.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107539/images/original/8223secret_rio_de_escola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107540/images/original/1447t_cnico_agr_cola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107541/images/original/3725t_cnico_em_controle_ambiental_e_urban_stico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107542/images/original/3070t_cnico_em_controle_sanit_rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107543/images/original/6733t_cnico_em_controle_tribut_rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107546/images/original/7512t_cnico_em_inform_tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107547/images/original/1020guarda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107548/images/original/1333musico_bombard_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107549/images/original/2080musico_surdo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107550/images/original/2207musico_bumbo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107551/images/original/3014secretario_de_escola_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107552/images/original/3170tecnico_agricola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107553/images/original/3193secretario_de_escola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107554/images/original/4539agente_administrativo_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107555/images/original/4673tecnico_controle_tributario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107556/images/original/5504musico_trombone.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107557/images/original/5839tecnico_em_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107558/images/original/7110musico_prato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107559/images/original/7412musico_bombardino.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107560/images/original/7735musico_saxofone.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107561/images/original/7850guarda_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107562/images/original/8013tecnico_em_edifica_es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107563/images/original/8334tecnico_controle_amb_e_urb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107564/images/original/8567tecnico_em_informatica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107565/images/original/8703agente_administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107566/images/original/8868musico_tarol.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107567/images/original/8997musico_clarinete.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107568/images/original/9371tecnico_controle_sanitario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107569/images/original/9995musico_piston.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107570/images/original/1648engenheiro_agronomo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107571/images/original/1850procurador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107572/images/original/1912engenheiro_civil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107573/images/original/2008psicologo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107574/images/original/2281bibliotecario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107575/images/original/2413nutricionista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107576/images/original/2865economista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107577/images/original/3423prof_series_finais_portugues.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107578/images/original/3682farmaceutico_e_bioquimico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107579/images/original/3719prof_series_finais_ed_fisica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107580/images/original/3964contador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107581/images/original/4026prof_series_finais_ed_artistica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107582/images/original/4829professor_series_finais_ciencias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107583/images/original/6327bacharel_em_turismo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107584/images/original/6804prof_series_finais_historia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107585/images/original/6864medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107586/images/original/6967medico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107587/images/original/7200odontologo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107588/images/original/7565medico_ginecologista_e_obstetra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107589/images/original/7664prof_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107590/images/original/8327jornalista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107591/images/original/8381enfermeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107592/images/original/9144assistente_social.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107593/images/original/9190prof_series_finais_matematica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107594/images/original/9399arquiteto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107595/images/original/9501prof_series_finais_ingles.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107596/images/original/9829prof_series_finais_geografia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107597/images/original/1551prof_series_finais_historia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107598/images/original/1655prof_series_finais_ciencias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107599/images/original/2235prof_series_finais_educa_o_fisica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107600/images/original/2381professor_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107601/images/original/2440bacharel_em_turismo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107602/images/original/2535prof_series_finais_matematica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107722/images/original/6248medico_veterinario_mve.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107603/images/original/2951enfermeiro_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107604/images/original/3060contador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107605/images/original/3343economista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107606/images/original/3496engenheiro_civil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107607/images/original/3513engenheiro_agronomo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107608/images/original/3768farmaceutico_e_bioquimico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107609/images/original/3799procurador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107610/images/original/4026professor_series_iniciais_pne.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107611/images/original/4666psicologo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107612/images/original/5940arquiteto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107613/images/original/6221professor_series_finais_ingles.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107614/images/original/6439odontologo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107615/images/original/6584assistente_social.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107616/images/original/6686jornalista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107617/images/original/7471prof_series_finais_portugues.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107618/images/original/7652medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107619/images/original/7679bibliotecario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107620/images/original/8172medico_ginecologista_e_obstetra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107621/images/original/8203enfermeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107622/images/original/8581professor_series_finais_geografia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107623/images/original/8593m_dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107624/images/original/8603prof_series_finais_educa_o_art_stica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107625/images/original/8679nutricionista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107626/images/original/4494horario_da_prova_pratica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107627/images/original/1044servente_merendeira_ser.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107658/images/original/9481soldador_sol.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107628/images/original/1194serv_mer_port_nec_esp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107629/images/original/1219motorista_pne_mot.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107630/images/original/1427eletricista_pne_ele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107631/images/original/1803motorista_de_transporte_escolar_mte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107632/images/original/1809motorista_mot.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107633/images/original/2789agente_de_servi_os_gerais_pne_asg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107634/images/original/2952tratorista_tra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107635/images/original/3316soldador_sol.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107636/images/original/3479eletricista_ele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107637/images/original/3693pedreiro_ped.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107638/images/original/4389mecanico_de_maquinas_pesadas_mmp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107639/images/original/7704pintor_ptr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107640/images/original/8337agente_de_servi_os_gerais_asg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107641/images/original/8648carpinteiro_car.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107642/images/original/9365mecanico_eletricista_mel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107643/images/original/9588operador_de_maquinas_pesadas_omp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107644/images/original/9614calceteiro_cal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107645/images/original/9664bombeiro_hidraulico_bhi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107646/images/original/1781calceteiro_cal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107647/images/original/2149pedreiro_ped.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107648/images/original/2161carpinteiro_car.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107649/images/original/2413tratorista_tra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107650/images/original/3486operador_de_maquinas_pesadas_omp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107651/images/original/3567bombeiro_hidraulico_bhi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107652/images/original/3842mecanico_maquinas_pesadas_mmp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107653/images/original/8196motorista_mot.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107654/images/original/8445agente_de_servi_os_gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107655/images/original/8765eletricista_ele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107656/images/original/9113motorista_de_transporte_escolar_mte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107657/images/original/9168mecanico_eletricista_mel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107659/images/original/9650pintor_ptr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107660/images/original/3670operador_de_maquinas_pesadas_omp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107661/images/original/6213motorista_mot.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107662/images/original/7375tratorista_tra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107663/images/original/8613motorista_de_transporte_escolar_mte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107664/images/original/2474tratorista_tra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107665/images/original/3694motorista_de_transporte_escolar_mte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107666/images/original/7477motorista_mot.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107667/images/original/9092operador_de_maquinas_pesadas_omp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107668/images/original/1209medico_med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107669/images/original/1391arquiteto_arq.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107670/images/original/1622medico_veterinario_mve.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107671/images/original/1772contador_con.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107672/images/original/2272engenheiro_agronomo_ega.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107673/images/original/2640nutricionista_nut.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107674/images/original/2644professor_educa_o_fisica_pef.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107675/images/original/3014odontologo_odo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107676/images/original/3968enfermeiro_enf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107677/images/original/4014professor_matematica_pma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107678/images/original/4374professor_ciencias_pci.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107679/images/original/4390medico_ginecologista_obstetra_mgo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107680/images/original/4552psicologo_psc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107681/images/original/4884professor_ingles_pin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107682/images/original/5304professor_geografia_pge.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107683/images/original/5554economista_ecn.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107684/images/original/5654bacharel_em_turismo_tur.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107685/images/original/6173professor_educa_o_artistica_pea.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107686/images/original/6190assistente_social_ass.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107687/images/original/6328procurador_pro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107688/images/original/6538farmaceutico_bioquimico_fbi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107689/images/original/7154professor_series_iniciais_psi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107690/images/original/7224professor_historia_phi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107691/images/original/7496jornalista_jor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107692/images/original/8017engenheiro_civil_egc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107693/images/original/4488tecnico_controle_sanitario_tcs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107694/images/original/8645professor_portugues_ppo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107695/images/original/9495enfermeiro_pne_enf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107696/images/original/9747bibliotecario_bbl.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107697/images/original/2465m_sico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107698/images/original/2849tecnico_de_controle_tributario_tct.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107699/images/original/3781tecnico_de_controle_sanitario_tcs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107700/images/original/4113tecnico_em_edifica_es_ted.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107701/images/original/4428tecnico_em_informatica_tin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107702/images/original/4766secretario_de_escola_ses.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107703/images/original/5267tecnico_agricola_tag.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107704/images/original/5510tecnico_controle_amb_e_urb_tca.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107705/images/original/8193agente_administrativo_aad.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107706/images/original/8224tecnico_em_enfermagem_ten.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107707/images/original/9464guarda_gua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107708/images/original/1351procurador_pro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107709/images/original/2038professor_educa_o_fisica_pef.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107710/images/original/3179m_dico_med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107711/images/original/3618professor_matematica_pma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107712/images/original/3687engenheiro_agronomo_ega.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107713/images/original/3873assistente_social_ass.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107714/images/original/3985nutricionista_nut.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107715/images/original/4107enfermeiro_enf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107716/images/original/4240professor_geografia_pge.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107717/images/original/4561professor_educa_o_artistica_pea.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107718/images/original/4693bacharel_turismo_tur.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107719/images/original/4718arquiteto_arq.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107720/images/original/5006psicologo_psc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107721/images/original/6182professor_series_iniciais_psi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107723/images/original/6909professor_historia_phi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107724/images/original/6930odontologo_odo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107725/images/original/6987jornalista_jor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107726/images/original/7497contador_con.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107727/images/original/7681engenheiro_civil_egc.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107728/images/original/8026professor_ciencias_pci.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107729/images/original/8178economista_ecn.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107730/images/original/8529professor_ingles_pin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107731/images/original/8747bibliotecario_bbl.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107732/images/original/8894farmaceutico_e_bioquimico_fbi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107733/images/original/9039professor_portugues_ppo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107734/images/original/9957_m_dico_ginecologista_e_obstetra_mgo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107735/images/original/1025musico_saxofone_msx.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107736/images/original/1042agente_administrativo_pne_aad.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107737/images/original/1189tecnico_controle_sanitario_tcs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107738/images/original/1886musico_clarinete_mcl.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107739/images/original/2252musico_prato_mpr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107740/images/original/2388secretario_de_escola_pne_ses.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107741/images/original/3221secretario_de_escola_ses.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107742/images/original/3422musico_bombardino_mbn.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107743/images/original/3979musico_bombard_o_mbo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107744/images/original/5327tecnico_controle_tributario_tct.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107745/images/original/5394tecnico_em_enfermagem_ten.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107746/images/original/6140tecnico_de_controle_amb_e_urb_tca.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107747/images/original/6160musico_piston_mpi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107748/images/original/6550agente_administrativo_aad.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107749/images/original/7055musico_bumbo_mbu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107750/images/original/7684tecnico_em_edifica_es_ted.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107751/images/original/8882guarda_gua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107752/images/original/8882tecnico_agricola_tag.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107753/images/original/9193tecnico_em_informatica_tin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107754/images/original/9268guarda_pne_gua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107755/images/original/7671procurador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107756/images/original/1042professor_educa_o_artistica_pea.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107757/images/original/5452professor_matematica_pma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107758/images/original/6432professor_educa_o_fisica_pef.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107759/images/original/6434professor_series_iniciais_psi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107760/images/original/7169professor_historia_phi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107761/images/original/7210professor_ciencias_pci.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107762/images/original/7722professor_portugues_ppo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107763/images/original/9978professor_geografia_pge.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107764/images/original/1432professor_geografia_pge.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107765/images/original/1510professor_historia_phi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107766/images/original/1717professor_portugues_ppo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107767/images/original/2034professor_educa_o_artistica_pea.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107768/images/original/4410professor_educa_o_fisica_pef.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107769/images/original/5975professor_ciencias_pci.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107770/images/original/7080professor_series_iniciais_psi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107771/images/original/7253professor_matematica_pma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107772/images/original/4232procurador_pro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107773/images/original/1230tecnico_em_informatica_tin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107774/images/original/1339tecnico_em_enfermagem_ten.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107775/images/original/2885tecnico_controle_amb_1_e_urb_tca.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107776/images/original/4678secretario_de_escola_ses.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107777/images/original/5549tecnico_controle_tributario_tct.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107778/images/original/5958agente_administrativo_aad.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107779/images/original/6195guarda_gua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107780/images/original/9487tecnico_agricola_tag.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107781/images/original/9773guarda_pne_gua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107782/images/original/1441professor_geografia_pge.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107783/images/original/1686nutricionista_nut.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107784/images/original/2343professor_historia_phi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107785/images/original/2607bacharel_em_turismo_tur.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107786/images/original/3477assistente_social_ass.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107787/images/original/3556contador_con.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107788/images/original/3753odontologo_odo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107789/images/original/3892professor_ciencias_pci.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107790/images/original/4084bibliotecario_bbl.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107791/images/original/7181economista_ecn.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107792/images/original/7312arquiteto_arq.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107793/images/original/7720professor_educa_o_fisica_pef.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107794/images/original/8316procurador_pro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107795/images/original/9513professor_educa_o_artisitca_pea.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107796/images/original/9936professor_ingles_pin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107797/images/original/1217bombeiro_hidraulico_bhi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107798/images/original/2173operador_de_maquinas_pesadas_omp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107799/images/original/3263servente_merendeira_pne_ser.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107800/images/original/4421soldador_sol.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107801/images/original/4584servente_merendeira_ser.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107802/images/original/5044pedreiro_ped.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107803/images/original/5445calceteiro_cal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107804/images/original/7896agente_de_servi_os_gerais_asg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107805/images/original/8267tratorista_tra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107806/images/original/9486pintor_ptr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107807/images/original/1614termo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107808/images/original/9035concurso_p_blico_2010_edital_de_homologa_o_final_n_04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107809/images/original/9361edital_7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107810/images/original/6029edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107811/images/original/6299edital_n11.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107812/images/original/7338edital_14.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107813/images/original/1480edital_15.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107814/images/original/4279edital_18.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107815/images/original/5470edital_n_21_2011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107816/images/original/9973edital_024_2011_concurso_p_blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107817/images/original/1343edital_n_028_2011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107818/images/original/4665edital_029_2011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107819/images/original/2987edital_n_031_2011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107820/images/original/7819edital_n_0322011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107821/images/original/2457edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107822/images/original/6993edital_0032012_convoca_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107823/images/original/2209figura1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107824/images/original/4302edital_005_2012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107825/images/original/7621edital006.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107826/images/original/1280edital_n_08_2012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107827/images/original/4082edital_n_09_2012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107828/images/original/6838edital_n_010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107829/images/original/9728edital_n_0132012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107830/images/original/9483edital_n_0152012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107831/images/original/1656edital_n_162012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107832/images/original/3957edital_019_2012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107833/images/original/9697edital_025_2012_001.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107834/images/original/8698edital_n_027_2012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107835/images/original/4909edital_n_0282012_concurso_2010_enfermeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107836/images/original/4864edital_n_0292012_concurso_2010_enfermeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107837/images/original/7429edital_n_0332012_concurso_2010_agente_de_servi_os_gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107838/images/original/1410edital_n_0352012_concurso_2010_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107839/images/original/6135edital_037_2012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107840/images/original/4489edital_n_39_2012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107841/images/original/5952edital_n_040_2012_concurso_2010_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107842/images/original/8566edital_n_003_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107843/images/original/1873edital_n_008_2013_convoca_e_nomeia_candidatos_aprovados_no_concurso_de_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107844/images/original/9691edital_n_0312012_concurso_2010_portugu_s.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107845/images/original/3037edital_n_0322012_concurso_2010_agente_de_servi_os_gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107846/images/original/5513edital_n_0112013_concurso_2010_engenheiros.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107847/images/original/2561edital_013_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107849/images/original/2066edital_n_0192013_concurso_2010_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107850/images/original/2320edital_n_0212013_concurso_2010_prof_geografia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107851/images/original/5486edital_n_0222013_convoca_e_nomeia_candidatos_aprovados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107852/images/original/5127edital_n_0272013_convoca_e_nomeia_candidatos_aprovados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107853/images/original/9287edital_sma_001.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107854/images/original/2888edital_n_0372013_convoca_o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107855/images/original/8517edital_n_0382013_concurso_2010_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107856/images/original/1406edital_n_0392013_concurso_2010_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107857/images/original/edital_no_0422013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107858/images/original/edital_no_0442013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107859/images/original/edital_no_0462013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107860/images/original/edital_no_050.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107861/images/original/5296edital_n_0522013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107862/images/original/7976concurso_2010_edital_n_0542013_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107863/images/original/6939concurso_2010_edital_n_0582013_pedreiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107864/images/original/9655concurso_2010_edital_n_0572013_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107865/images/original/4523concurso_2010_edital_n_0562013_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107866/images/original/2799untitled_20140109_083055.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107867/images/original/8080edital_n_009_2014_cp2010.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107868/images/original/2471untitled_20140130_140409.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107869/images/original/5836untitled_20140217_135548.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107870/images/original/6255untitled_20140217_142816.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107871/images/original/7459edital_017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107872/images/original/3793edital_n_0192014_concurso_p_blico_2010.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107873/images/original/3042edital_n_0222014_v_rios_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107874/images/original/4464edital_n_0252014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107875/images/original/8118edital_n_0272014_v_rios_cargos.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107876/images/original/1905edital_n_0292014_cargo_jornalista_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107877/images/original/9923edital_n_0312014_v_rios_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107878/images/original/6756edital_n_0342014_concurso_2010_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107879/images/original/7132edital_n_0372014_v_rios_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107880/images/original/2011edital_n_0392014_v_rios_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107881/images/original/8614untitled_20140728_140144.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107882/images/original/6088edital_n_0442014_nomeia_candidatos_aprovados_no_concurso_p_blico_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107883/images/original/7140edital_n_47_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107884/images/original/5581edital_n_0492014_v_rios_cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107885/images/original/7980edital_n_0522014_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107886/images/original/9002concurso_2010_edital_n_0572014.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107887/images/original/1266edital_n_0592014_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107888/images/original/8067edital_n_0012015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107889/images/original/5307edital_n_0032015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107890/images/original/9282edital_n_0042015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107891/images/original/5131edital_n_0122015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107892/images/original/1186edital_n_0082015_nomeia_cargos_concurso_2010.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/107893/images/original/edital_no_0192015_nomeia_contador_concurso_2010.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C912"/>
+  <dimension ref="A1:C913"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C912" sqref="C912"/>
+      <selection activeCell="C913" sqref="C913"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -4435,8648 +4438,8659 @@
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
         <v>3</v>
       </c>
       <c r="B129" t="s">
         <v>4</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
         <v>3</v>
       </c>
       <c r="B130" t="s">
         <v>4</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
+        <v>3</v>
+      </c>
+      <c r="B131" t="s">
+        <v>4</v>
+      </c>
+      <c r="C131" s="1" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B132" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B133" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B134" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B135" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B137" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B138" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B139" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B140" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B141" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B142" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B143" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B144" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B145" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B146" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B147" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B148" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B149" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B150" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B151" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B152" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B153" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B154" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B155" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B156" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B157" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B158" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B159" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B160" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B161" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B162" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B163" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B164" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B165" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B166" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B167" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B168" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B169" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B170" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B171" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B172" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B173" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B174" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B175" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B176" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B177" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B178" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B179" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B180" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B181" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B182" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B183" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B184" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B185" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B186" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B187" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B188" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B189" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B190" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B191" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B192" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B193" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B194" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B195" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B196" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B197" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B198" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B199" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B200" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B201" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B202" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B203" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B204" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B205" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B206" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B207" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
+        <v>135</v>
+      </c>
+      <c r="B208" t="s">
+        <v>136</v>
+      </c>
+      <c r="C208" s="1" t="s">
         <v>213</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B209" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B210" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B211" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B212" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B213" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B214" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B216" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B217" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>164</v>
+        <v>224</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B218" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>224</v>
+        <v>165</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B219" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B220" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>155</v>
+        <v>226</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B221" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>226</v>
+        <v>156</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B222" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>166</v>
+        <v>227</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B223" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>227</v>
+        <v>167</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B224" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>168</v>
+        <v>228</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B225" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>228</v>
+        <v>169</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B226" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B227" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B228" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B229" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B230" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B231" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B232" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B233" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B234" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B235" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B236" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B237" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B238" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B239" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B240" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B241" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B242" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B243" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B244" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B245" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B246" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B247" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>192</v>
+        <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B248" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>250</v>
+        <v>193</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B249" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B250" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B251" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B252" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C252" s="1" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B253" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C253" s="1" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B254" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B255" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B256" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>206</v>
+        <v>258</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B257" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>258</v>
+        <v>207</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B258" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B259" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B260" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B261" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B262" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
+        <v>214</v>
+      </c>
+      <c r="B263" t="s">
+        <v>215</v>
+      </c>
+      <c r="C263" s="1" t="s">
         <v>264</v>
-      </c>
-[...4 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B264" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B265" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B266" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B267" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>152</v>
+        <v>270</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B268" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>270</v>
+        <v>153</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B269" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B270" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B271" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B272" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B273" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B274" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B275" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C275" s="1" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B276" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C276" s="1" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B277" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B278" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B279" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>163</v>
+        <v>281</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B280" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>281</v>
+        <v>164</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B281" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>164</v>
+        <v>282</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B282" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>282</v>
+        <v>165</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B283" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B284" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C284" s="1" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B285" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>235</v>
+        <v>285</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B286" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>285</v>
+        <v>236</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B287" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B288" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B289" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C289" s="1" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B290" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B291" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B292" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B293" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B294" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C294" s="1" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B295" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B296" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C296" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B297" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C297" s="1" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B298" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C298" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B299" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C299" s="1" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B300" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C300" s="1" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B301" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C301" s="1" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B302" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C302" s="1" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B303" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C303" s="1" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B304" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C304" s="1" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B305" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B306" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B307" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B308" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C308" s="1" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B309" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C309" s="1" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B310" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C310" s="1" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B311" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C311" s="1" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B312" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B313" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B314" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B315" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C315" s="1" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B316" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C316" s="1" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B317" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C317" s="1" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B318" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B319" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C319" s="1" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B320" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C320" s="1" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B321" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C321" s="1" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B322" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C322" s="1" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B323" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>192</v>
+        <v>322</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B324" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>322</v>
+        <v>193</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B325" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B326" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B327" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B328" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B329" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B330" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B331" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B332" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C332" s="1" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B333" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>260</v>
+        <v>331</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B334" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>331</v>
+        <v>261</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B335" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B336" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B337" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B338" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B339" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C339" s="1" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B340" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B341" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B342" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B343" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B344" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C344" s="1" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B345" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C345" s="1" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B346" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C346" s="1" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B347" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B348" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B349" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B350" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C350" s="1" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B351" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C351" s="1" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B352" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B353" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C353" s="1" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B354" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C354" s="1" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B355" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C355" s="1" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B356" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C356" s="1" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
+        <v>265</v>
+      </c>
+      <c r="B357" t="s">
+        <v>266</v>
+      </c>
+      <c r="C357" s="1" t="s">
         <v>354</v>
-      </c>
-[...4 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B358" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C358" s="1" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B359" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C359" s="1" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B360" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C360" s="1" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B361" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B362" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C362" s="1" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B363" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C363" s="1" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B364" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C364" s="1" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B365" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C365" s="1" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B366" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B367" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B368" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C368" s="1" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B369" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B370" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B371" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B372" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B373" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C373" s="1" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B374" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C374" s="1" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B375" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C375" s="1" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B376" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C376" s="1" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B377" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C377" s="1" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B378" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C378" s="1" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B379" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C379" s="1" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B380" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C380" s="1" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B381" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C381" s="1" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B382" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C382" s="1" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B383" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C383" s="1" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B384" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C384" s="1" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B385" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C385" s="1" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B386" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C386" s="1" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B387" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C387" s="1" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B388" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C388" s="1" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B389" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C389" s="1" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B390" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C390" s="1" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B391" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C391" s="1" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B392" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C392" s="1" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B393" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C393" s="1" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B394" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C394" s="1" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B395" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C395" s="1" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B396" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C396" s="1" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B397" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C397" s="1" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B398" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C398" s="1" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B399" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C399" s="1" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B400" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C400" s="1" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B401" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C401" s="1" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B402" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C402" s="1" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B403" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C403" s="1" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B404" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C404" s="1" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B405" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C405" s="1" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B406" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C406" s="1" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B407" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C407" s="1" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B408" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C408" s="1" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B409" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C409" s="1" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B410" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C410" s="1" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B411" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C411" s="1" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B412" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C412" s="1" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B413" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C413" s="1" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B414" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C414" s="1" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B415" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C415" s="1" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B416" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C416" s="1" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B417" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C417" s="1" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B418" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C418" s="1" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B419" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C419" s="1" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B420" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C420" s="1" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B421" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C421" s="1" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B422" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C422" s="1" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B423" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C423" s="1" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B424" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C424" s="1" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B425" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C425" s="1" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B426" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C426" s="1" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B427" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C427" s="1" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B428" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C428" s="1" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B429" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C429" s="1" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B430" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C430" s="1" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B431" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C431" s="1" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B432" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>294</v>
+        <v>431</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B433" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>431</v>
+        <v>295</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" t="s">
+        <v>355</v>
+      </c>
+      <c r="B434" t="s">
+        <v>356</v>
+      </c>
+      <c r="C434" s="1" t="s">
         <v>432</v>
-      </c>
-[...4 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B435" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C435" s="1" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B436" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C436" s="1" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B437" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C437" s="1" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B438" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C438" s="1" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B439" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C439" s="1" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B440" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C440" s="1" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B441" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C441" s="1" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B442" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C442" s="1" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B443" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C443" s="1" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B444" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C444" s="1" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B445" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C445" s="1" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B446" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C446" s="1" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B447" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C447" s="1" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B448" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C448" s="1" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B449" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C449" s="1" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B450" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C450" s="1" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B451" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C451" s="1" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B452" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C452" s="1" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B453" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C453" s="1" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B454" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C454" s="1" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B455" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C455" s="1" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B456" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C456" s="1" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B457" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C457" s="1" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B458" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C458" s="1" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B459" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C459" s="1" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B460" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C460" s="1" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B461" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C461" s="1" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B462" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C462" s="1" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B463" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C463" s="1" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B464" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C464" s="1" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B465" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C465" s="1" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B466" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C466" s="1" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B467" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C467" s="1" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B468" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C468" s="1" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B469" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C469" s="1" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B470" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>303</v>
+        <v>469</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B471" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>288</v>
+        <v>304</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B472" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>469</v>
+        <v>289</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B473" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>254</v>
+        <v>470</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B474" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>297</v>
+        <v>255</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B475" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>470</v>
+        <v>298</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" t="s">
+        <v>433</v>
+      </c>
+      <c r="B476" t="s">
+        <v>356</v>
+      </c>
+      <c r="C476" s="1" t="s">
         <v>471</v>
-      </c>
-[...4 lines deleted...]
-        <v>473</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B477" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C477" s="1" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B478" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C478" s="1" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B479" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B480" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B481" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C481" s="1" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B482" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C482" s="1" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B483" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C483" s="1" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B484" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C484" s="1" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B485" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C485" s="1" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B486" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C486" s="1" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B487" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C487" s="1" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B488" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C488" s="1" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B489" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C489" s="1" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B490" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C490" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B491" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C491" s="1" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B492" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C492" s="1" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B493" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C493" s="1" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B494" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C494" s="1" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B495" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C495" s="1" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B496" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C496" s="1" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B497" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C497" s="1" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B498" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C498" s="1" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B499" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C499" s="1" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B500" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C500" s="1" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B501" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C501" s="1" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B502" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C502" s="1" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B503" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C503" s="1" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B504" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>492</v>
+        <v>500</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B505" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>500</v>
+        <v>493</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B506" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C506" s="1" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B507" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C507" s="1" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B508" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C508" s="1" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B509" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C509" s="1" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B510" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C510" s="1" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B511" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>492</v>
+        <v>506</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B512" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>506</v>
+        <v>493</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B513" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C513" s="1" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B514" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C514" s="1" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B515" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C515" s="1" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B516" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C516" s="1" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B517" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C517" s="1" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B518" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C518" s="1" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B519" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C519" s="1" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B520" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C520" s="1" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B521" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C521" s="1" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B522" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C522" s="1" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B523" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C523" s="1" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B524" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C524" s="1" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B525" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C525" s="1" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B526" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C526" s="1" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B527" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C527" s="1" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B528" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C528" s="1" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B529" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C529" s="1" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B530" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C530" s="1" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B531" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C531" s="1" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B532" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C532" s="1" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B533" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C533" s="1" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B534" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C534" s="1" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B535" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C535" s="1" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B536" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C536" s="1" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B537" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C537" s="1" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B538" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C538" s="1" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B539" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B540" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C540" s="1" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B541" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B542" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C542" s="1" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B543" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C543" s="1" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B544" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C544" s="1" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B545" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C545" s="1" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B546" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C546" s="1" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B547" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C547" s="1" t="s">
         <v>539</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B548" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C548" s="1" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B549" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C549" s="1" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B550" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C550" s="1" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B551" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C551" s="1" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B552" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C552" s="1" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B553" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C553" s="1" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B554" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C554" s="1" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B555" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C555" s="1" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B556" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C556" s="1" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B557" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C557" s="1" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B558" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C558" s="1" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B559" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C559" s="1" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B560" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C560" s="1" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B561" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C561" s="1" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B562" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C562" s="1" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B563" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C563" s="1" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B564" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C564" s="1" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B565" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C565" s="1" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B566" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C566" s="1" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B567" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C567" s="1" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B568" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C568" s="1" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B569" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C569" s="1" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B570" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C570" s="1" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B571" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C571" s="1" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B572" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C572" s="1" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B573" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C573" s="1" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B574" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C574" s="1" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B575" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C575" s="1" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B576" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C576" s="1" t="s">
         <v>568</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B577" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C577" s="1" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B578" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C578" s="1" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B579" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C579" s="1" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B580" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C580" s="1" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B581" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C581" s="1" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B582" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C582" s="1" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B583" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C583" s="1" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B584" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C584" s="1" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B585" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C585" s="1" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B586" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C586" s="1" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B587" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C587" s="1" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B588" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C588" s="1" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B589" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C589" s="1" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B590" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C590" s="1" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B591" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C591" s="1" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B592" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C592" s="1" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B593" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C593" s="1" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B594" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C594" s="1" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B595" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C595" s="1" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B596" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C596" s="1" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B597" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C597" s="1" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B598" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C598" s="1" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B599" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C599" s="1" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B600" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C600" s="1" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B601" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C601" s="1" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B602" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C602" s="1" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B603" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C603" s="1" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B604" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C604" s="1" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B605" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C605" s="1" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B606" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C606" s="1" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B607" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C607" s="1" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B608" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C608" s="1" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B609" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C609" s="1" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B610" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C610" s="1" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B611" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C611" s="1" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B612" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C612" s="1" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B613" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C613" s="1" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B614" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C614" s="1" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B615" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C615" s="1" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B616" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C616" s="1" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B617" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C617" s="1" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B618" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C618" s="1" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B619" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C619" s="1" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B620" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C620" s="1" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B621" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C621" s="1" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B622" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C622" s="1" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B623" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>597</v>
+        <v>615</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B624" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>615</v>
+        <v>598</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B625" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C625" s="1" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B626" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C626" s="1" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B627" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C627" s="1" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B628" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C628" s="1" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B629" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C629" s="1" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B630" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C630" s="1" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B631" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C631" s="1" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B632" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C632" s="1" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B633" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C633" s="1" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B634" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C634" s="1" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B635" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C635" s="1" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B636" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C636" s="1" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B637" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C637" s="1" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B638" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C638" s="1" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B639" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C639" s="1" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B640" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C640" s="1" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B641" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C641" s="1" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B642" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C642" s="1" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B643" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C643" s="1" t="s">
         <v>634</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B644" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C644" s="1" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B645" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C645" s="1" t="s">
         <v>636</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B646" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C646" s="1" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B647" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C647" s="1" t="s">
         <v>638</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B648" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C648" s="1" t="s">
         <v>639</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B649" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C649" s="1" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B650" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C650" s="1" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B651" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C651" s="1" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B652" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C652" s="1" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B653" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C653" s="1" t="s">
         <v>644</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B654" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C654" s="1" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B655" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C655" s="1" t="s">
         <v>646</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B656" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C656" s="1" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B657" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C657" s="1" t="s">
         <v>648</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B658" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C658" s="1" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B659" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C659" s="1" t="s">
         <v>650</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B660" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C660" s="1" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B661" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C661" s="1" t="s">
         <v>652</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B662" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C662" s="1" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B663" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C663" s="1" t="s">
         <v>654</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B664" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C664" s="1" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B665" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C665" s="1" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B666" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C666" s="1" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B667" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C667" s="1" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B668" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C668" s="1" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B669" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C669" s="1" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B670" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B671" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B672" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B673" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B674" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B675" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B676" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B677" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B678" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B679" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B680" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B681" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B682" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C682" s="1" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B683" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C683" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B684" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C684" s="1" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B685" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C685" s="1" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B686" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C686" s="1" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B687" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C687" s="1" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B688" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C688" s="1" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B689" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C689" s="1" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B690" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C690" s="1" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B691" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C691" s="1" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B692" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C692" s="1" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B693" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C693" s="1" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B694" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C694" s="1" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B695" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C695" s="1" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B696" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C696" s="1" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B697" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C697" s="1" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B698" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C698" s="1" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B699" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C699" s="1" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B700" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C700" s="1" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B701" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C701" s="1" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B702" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C702" s="1" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B703" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C703" s="1" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B704" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C704" s="1" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B705" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C705" s="1" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B706" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C706" s="1" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B707" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C707" s="1" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B708" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C708" s="1" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B709" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C709" s="1" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B710" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C710" s="1" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B711" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C711" s="1" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B712" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C712" s="1" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B713" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C713" s="1" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B714" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C714" s="1" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B715" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C715" s="1" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B716" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C716" s="1" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B717" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C717" s="1" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B718" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C718" s="1" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B719" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C719" s="1" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B720" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B721" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B722" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B723" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B724" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B725" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B726" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B727" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B728" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B729" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>583</v>
+        <v>703</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B730" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>708</v>
+        <v>584</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B731" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>598</v>
+        <v>709</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B732" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>709</v>
+        <v>599</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B733" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>582</v>
+        <v>710</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B734" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>710</v>
+        <v>583</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B735" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>587</v>
+        <v>711</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B736" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>603</v>
+        <v>588</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B737" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>711</v>
+        <v>604</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B738" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C738" s="1" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B739" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C739" s="1" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B740" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>606</v>
+        <v>714</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B741" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>585</v>
+        <v>607</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B742" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>714</v>
+        <v>586</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B743" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C743" s="1" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B744" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>599</v>
+        <v>716</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B745" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B746" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>592</v>
+        <v>603</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B747" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>584</v>
+        <v>593</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B748" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>716</v>
+        <v>585</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B749" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>588</v>
+        <v>717</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B750" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>717</v>
+        <v>589</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B751" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>586</v>
+        <v>718</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B752" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B753" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>718</v>
+        <v>591</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B754" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>600</v>
+        <v>719</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B755" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>719</v>
+        <v>601</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B756" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C756" s="1" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B757" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C757" s="1" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B758" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C758" s="1" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B759" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C759" s="1" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B760" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C760" s="1" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B761" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C761" s="1" t="s">
         <v>725</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B762" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C762" s="1" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B763" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C763" s="1" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B764" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C764" s="1" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B765" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C765" s="1" t="s">
         <v>729</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B766" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C766" s="1" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B767" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C767" s="1" t="s">
         <v>731</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B768" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>720</v>
+        <v>732</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B769" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>732</v>
+        <v>721</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B770" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C770" s="1" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B771" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C771" s="1" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B772" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C772" s="1" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B773" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C773" s="1" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B774" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C774" s="1" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B775" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C775" s="1" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B776" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C776" s="1" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B777" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C777" s="1" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B778" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C778" s="1" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B779" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C779" s="1" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B780" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C780" s="1" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B781" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C781" s="1" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B782" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C782" s="1" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B783" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C783" s="1" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B784" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C784" s="1" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B785" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C785" s="1" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B786" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C786" s="1" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B787" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C787" s="1" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B788" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C788" s="1" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B789" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C789" s="1" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B790" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C790" s="1" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B791" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C791" s="1" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B792" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C792" s="1" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B793" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C793" s="1" t="s">
         <v>756</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B794" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C794" s="1" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B795" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C795" s="1" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B796" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C796" s="1" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B797" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C797" s="1" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B798" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C798" s="1" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B799" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C799" s="1" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B800" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C800" s="1" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B801" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C801" s="1" t="s">
         <v>764</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B802" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C802" s="1" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B803" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C803" s="1" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B804" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C804" s="1" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B805" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C805" s="1" t="s">
         <v>768</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B806" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C806" s="1" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B807" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C807" s="1" t="s">
         <v>770</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B808" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C808" s="1" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B809" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C809" s="1" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B810" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C810" s="1" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B811" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C811" s="1" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B812" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C812" s="1" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B813" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C813" s="1" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B814" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C814" s="1" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B815" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C815" s="1" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B816" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C816" s="1" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B817" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C817" s="1" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B818" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C818" s="1" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B819" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C819" s="1" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B820" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C820" s="1" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B821" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B822" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B823" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C823" s="1" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B824" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C824" s="1" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B825" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C825" s="1" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B826" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C826" s="1" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B827" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C827" s="1" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B828" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C828" s="1" t="s">
         <v>790</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B829" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C829" s="1" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B830" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C830" s="1" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B831" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C831" s="1" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B832" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C832" s="1" t="s">
         <v>794</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B833" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C833" s="1" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B834" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C834" s="1" t="s">
         <v>796</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B835" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C835" s="1" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B836" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C836" s="1" t="s">
         <v>798</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B837" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C837" s="1" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B838" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C838" s="1" t="s">
         <v>800</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B839" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C839" s="1" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B840" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C840" s="1" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B841" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C841" s="1" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B842" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C842" s="1" t="s">
         <v>804</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B843" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C843" s="1" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B844" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C844" s="1" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B845" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C845" s="1" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B846" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C846" s="1" t="s">
         <v>808</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B847" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C847" s="1" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B848" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C848" s="1" t="s">
         <v>810</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B849" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C849" s="1" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B850" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C850" s="1" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B851" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C851" s="1" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B852" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C852" s="1" t="s">
         <v>814</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B853" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C853" s="1" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B854" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C854" s="1" t="s">
         <v>816</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B855" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C855" s="1" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B856" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C856" s="1" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B857" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C857" s="1" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B858" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C858" s="1" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B859" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C859" s="1" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B860" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C860" s="1" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B861" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C861" s="1" t="s">
         <v>823</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B862" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C862" s="1" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B863" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C863" s="1" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B864" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C864" s="1" t="s">
         <v>826</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B865" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C865" s="1" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B866" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C866" s="1" t="s">
         <v>828</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B867" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C867" s="1" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B868" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C868" s="1" t="s">
         <v>830</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B869" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C869" s="1" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B870" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C870" s="1" t="s">
         <v>832</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B871" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C871" s="1" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B872" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C872" s="1" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B873" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C873" s="1" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B874" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C874" s="1" t="s">
         <v>836</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B875" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C875" s="1" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B876" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C876" s="1" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B877" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C877" s="1" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B878" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C878" s="1" t="s">
         <v>840</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B879" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C879" s="1" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B880" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C880" s="1" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B881" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C881" s="1" t="s">
         <v>843</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B882" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C882" s="1" t="s">
         <v>844</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B883" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C883" s="1" t="s">
         <v>845</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B884" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C884" s="1" t="s">
         <v>846</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B885" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C885" s="1" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B886" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C886" s="1" t="s">
         <v>848</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B887" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C887" s="1" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B888" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C888" s="1" t="s">
         <v>850</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B889" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C889" s="1" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B890" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C890" s="1" t="s">
         <v>852</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B891" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C891" s="1" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B892" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C892" s="1" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B893" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C893" s="1" t="s">
         <v>855</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B894" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C894" s="1" t="s">
         <v>856</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B895" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C895" s="1" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B896" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C896" s="1" t="s">
         <v>858</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B897" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C897" s="1" t="s">
         <v>859</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B898" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C898" s="1" t="s">
         <v>860</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B899" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C899" s="1" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B900" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C900" s="1" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B901" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C901" s="1" t="s">
         <v>863</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B902" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C902" s="1" t="s">
         <v>864</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B903" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C903" s="1" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B904" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C904" s="1" t="s">
         <v>866</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B905" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C905" s="1" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B906" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C906" s="1" t="s">
         <v>868</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B907" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C907" s="1" t="s">
         <v>869</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B908" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C908" s="1" t="s">
         <v>870</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B909" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C909" s="1" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B910" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C910" s="1" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B911" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C911" s="1" t="s">
         <v>873</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B912" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C912" s="1" t="s">
         <v>874</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" t="s">
+        <v>472</v>
+      </c>
+      <c r="B913" t="s">
+        <v>473</v>
+      </c>
+      <c r="C913" s="1" t="s">
+        <v>875</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -13949,50 +13963,51 @@
     <hyperlink ref="C888" r:id="rId_hyperlink_887"/>
     <hyperlink ref="C889" r:id="rId_hyperlink_888"/>
     <hyperlink ref="C890" r:id="rId_hyperlink_889"/>
     <hyperlink ref="C891" r:id="rId_hyperlink_890"/>
     <hyperlink ref="C892" r:id="rId_hyperlink_891"/>
     <hyperlink ref="C893" r:id="rId_hyperlink_892"/>
     <hyperlink ref="C894" r:id="rId_hyperlink_893"/>
     <hyperlink ref="C895" r:id="rId_hyperlink_894"/>
     <hyperlink ref="C896" r:id="rId_hyperlink_895"/>
     <hyperlink ref="C897" r:id="rId_hyperlink_896"/>
     <hyperlink ref="C898" r:id="rId_hyperlink_897"/>
     <hyperlink ref="C899" r:id="rId_hyperlink_898"/>
     <hyperlink ref="C900" r:id="rId_hyperlink_899"/>
     <hyperlink ref="C901" r:id="rId_hyperlink_900"/>
     <hyperlink ref="C902" r:id="rId_hyperlink_901"/>
     <hyperlink ref="C903" r:id="rId_hyperlink_902"/>
     <hyperlink ref="C904" r:id="rId_hyperlink_903"/>
     <hyperlink ref="C905" r:id="rId_hyperlink_904"/>
     <hyperlink ref="C906" r:id="rId_hyperlink_905"/>
     <hyperlink ref="C907" r:id="rId_hyperlink_906"/>
     <hyperlink ref="C908" r:id="rId_hyperlink_907"/>
     <hyperlink ref="C909" r:id="rId_hyperlink_908"/>
     <hyperlink ref="C910" r:id="rId_hyperlink_909"/>
     <hyperlink ref="C911" r:id="rId_hyperlink_910"/>
     <hyperlink ref="C912" r:id="rId_hyperlink_911"/>
+    <hyperlink ref="C913" r:id="rId_hyperlink_912"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>