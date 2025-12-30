--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -12,59 +12,83 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
+  </si>
+  <si>
+    <t>DEZEMBRO 2025</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>Obras fiscalizadas pela SMOU - dezembro - 2025</t>
+  </si>
+  <si>
+    <t>Obras fiscalizadas pela SMTEL - Dezembro - 2025</t>
+  </si>
+  <si>
+    <t>NOVEMBRO 2025</t>
+  </si>
+  <si>
+    <t>10/11/2025</t>
+  </si>
+  <si>
+    <t>Obras fiscalizadas pela SMOU - Novembro - 2025</t>
+  </si>
+  <si>
+    <t>Obras fiscalizadas pela SMEC - Novembro - 2025</t>
   </si>
   <si>
     <t>OUTUBRO - 2025</t>
   </si>
   <si>
     <t>02/10/2025</t>
   </si>
   <si>
     <t>Obras fiscalizadas pela SMTEL - Outubro - 2025</t>
   </si>
   <si>
     <t>Obras fiscalizadas pela SMOU - Outubro - 2025</t>
   </si>
   <si>
     <t>Obras fiscalizadas pela SMEC - Outubro - 2025</t>
   </si>
   <si>
     <t>SETEMBRO - 2025</t>
   </si>
   <si>
     <t>08/09/2025</t>
   </si>
   <si>
     <t>Obras fiscalizadas pela SMOU - Setembro - 2025</t>
   </si>
@@ -758,834 +782,878 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/661037/images/original/Relat&#243;rio de Obras SMTEL - Outubro 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/662252/images/original/Relat&#243;rio de Obras SMOU - Outubro 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/669357/images/original/RELATORIO_OUTUBRO_OBRAS_SMEC_R00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/639391/images/original/Relat&#243;rio de Obras SMOU - Setembro 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/643356/images/original/Relat&#243;rio de Obras SMTEL - Setembro 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/646975/images/original/Relat&#243;rio de Obras SMEC - Setembro 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/619346/images/original/Relat&#243;rio de Obras SMOU - Agosto 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/624536/images/original/Relat&#243;rio de Obras SMEC - Agosto 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/629467/images/original/Relat&#243;rio de Obras SMTEL - Agosto 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/611491/images/original/Relat&#243;rio SMOU - Julho - 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/611507/images/original/Relat&#243;rio SMEC - Julho - 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/595629/images/original/Junho_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/596402/images/original/Relatorio_de_Obras_junho25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/599493/images/original/Relat&#243;rio de Obras SMEC - Junho 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/578919/images/original/Relat&#243;rio de Obras SMOU - Maio 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/581889/images/original/RELATORIO_MAIO_OBRAS_SMEC_R00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/582047/images/original/Relat&#243;rio de Obras SMTEL - Maio 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/555005/images/original/emissao_086DED861627EC017453ADAC_memorando-160--2.290-2023_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/555719/images/original/emissao_75493D567968B109F272E6F8_memorando-162--2.290-2023_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/530755/images/original/Relatorio_de_Obras_marco25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/542758/images/original/Marco_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/542839/images/original/RELATORIO_MARCO_OBRAS_SMEC_R00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/522833/images/original/Relat&#243;rio SMOU Fevereiro 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/523183/images/original/Relat&#243;rio SMTEL Fevereiro 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/525598/images/original/Smec novo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/514890/images/original/Janeiro_2025 smtel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/514891/images/original/Relatorio_de_Obras_janeiro25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/515389/images/original/RELATORIO_MENSAL_OBRAS_SMEC_JAN_25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/505595/images/original/Relat&#243;rio SMOU Dezembro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/507172/images/original/Relat&#243;rio SMTEL Dezembro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/507731/images/original/Relat&#243;rio SMEC Dezembro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/497634/images/original/Relat&#243;rio SMOU Novembro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/498677/images/original/Relat&#243;rio SMTEL Novembro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/499423/images/original/Relat&#243;rio SMEC Novembro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/489135/images/original/Relat&#243;rio SMOU Outubro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/490959/images/original/Relat&#243;rio SMTEL Outubro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/484013/images/original/Relat&#243;rio SMOU Setembro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/474432/images/original/Relat&#243;rio SMOU Agosto 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/466378/images/original/Relatorio_de_Obras_julho24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/454688/images/original/Relat&#243;rio SMOU Junho 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/453235/images/original/Relat&#243;rio SMOU Maio 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/454515/images/original/Relat&#243;rio SMTEL Maio 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/418262/images/original/relat&#243;rio SMOU abril 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/443053/images/original/Relat&#243;rio SMTEL - Abril - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/409196/images/original/emissao_544C2E89F2EED0DC864E27F7_memorando-84--2.290-2023_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/399623/images/original/Relat&#243;rio SMOU - Fevereiro - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/409236/images/original/relat&#243;rio SMEC fevereiro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/390102/images/original/Relat&#243;rio SMOU - Janeiro - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/390150/images/original/Relat&#243;rio SMTEL - Janeiro - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/400391/images/original/Relat&#243;rio SMEC - Janeiro - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/381944/images/original/Relat&#243;rio SMOU - Dezembro - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/381958/images/original/Relat&#243;rio SMTEL - Dezembro - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/383480/images/original/Relat&#243;rio SMEC - Dezembro - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/364541/images/original/relatorio SMOU novembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/366077/images/original/relat&#243;rio SMTEL novembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/369291/images/original/Relat&#243;rio SMEC novembro 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/348537/images/original/relat&#243;rio SMEC outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/348540/images/original/relat&#243;rio SMOU outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/348585/images/original/relat&#243;rio SMTEL outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/323112/images/original/Obras fiscalizadas pela SMOU - SETEMBRO - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/323372/images/original/relatorio obras smou smtel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/329251/images/original/Relat&#243;rio SMEC - SETEMBRO - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/315173/images/original/relat&#243;rio SMOU agosto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/315749/images/original/relat&#243;rio SMTEL agosto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/315747/images/original/relat&#243;rio SMEC agosto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/311251/images/original/Obras fiscalizadas pela SMOU - JULHO-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/307534/images/original/Demais Obras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/307517/images/original/Obra de constru&#231;&#227;o da revitaliza&#231;&#227;o de acesso da EMEI Pequeno Aprendiz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/307506/images/original/Obra de constru&#231;&#227;o de Retirada de Piso Parquet da Quadra Poliesportiva do gin&#225;sio M&#225;rio Malta.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/696729/images/original/Relatorio_de_Obras_dezembro25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/708033/images/original/emissao_C9B072B4E0FA767934DE71C2_memorando-204--2.290-2023_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/677934/images/original/Relatorio_de_Obras_novembro25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/692120/images/original/emissao_3A5A77CE68D1A4E74F15CD37_memorando-200--2.290-2023_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/661037/images/original/Relat&#243;rio de Obras SMTEL - Outubro 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/662252/images/original/Relat&#243;rio de Obras SMOU - Outubro 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/669357/images/original/RELATORIO_OUTUBRO_OBRAS_SMEC_R00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/639391/images/original/Relat&#243;rio de Obras SMOU - Setembro 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/643356/images/original/Relat&#243;rio de Obras SMTEL - Setembro 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/646975/images/original/Relat&#243;rio de Obras SMEC - Setembro 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/619346/images/original/Relat&#243;rio de Obras SMOU - Agosto 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/624536/images/original/Relat&#243;rio de Obras SMEC - Agosto 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/629467/images/original/Relat&#243;rio de Obras SMTEL - Agosto 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/611491/images/original/Relat&#243;rio SMOU - Julho - 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/611507/images/original/Relat&#243;rio SMEC - Julho - 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/595629/images/original/Junho_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/596402/images/original/Relatorio_de_Obras_junho25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/599493/images/original/Relat&#243;rio de Obras SMEC - Junho 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/578919/images/original/Relat&#243;rio de Obras SMOU - Maio 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/581889/images/original/RELATORIO_MAIO_OBRAS_SMEC_R00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/582047/images/original/Relat&#243;rio de Obras SMTEL - Maio 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/555005/images/original/emissao_086DED861627EC017453ADAC_memorando-160--2.290-2023_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/555719/images/original/emissao_75493D567968B109F272E6F8_memorando-162--2.290-2023_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/530755/images/original/Relatorio_de_Obras_marco25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/542758/images/original/Marco_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/542839/images/original/RELATORIO_MARCO_OBRAS_SMEC_R00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/522833/images/original/Relat&#243;rio SMOU Fevereiro 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/523183/images/original/Relat&#243;rio SMTEL Fevereiro 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/525598/images/original/Smec novo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/514890/images/original/Janeiro_2025 smtel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/514891/images/original/Relatorio_de_Obras_janeiro25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/515389/images/original/RELATORIO_MENSAL_OBRAS_SMEC_JAN_25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/505595/images/original/Relat&#243;rio SMOU Dezembro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/507172/images/original/Relat&#243;rio SMTEL Dezembro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/507731/images/original/Relat&#243;rio SMEC Dezembro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/497634/images/original/Relat&#243;rio SMOU Novembro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/498677/images/original/Relat&#243;rio SMTEL Novembro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/499423/images/original/Relat&#243;rio SMEC Novembro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/489135/images/original/Relat&#243;rio SMOU Outubro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/490959/images/original/Relat&#243;rio SMTEL Outubro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/484013/images/original/Relat&#243;rio SMOU Setembro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/474432/images/original/Relat&#243;rio SMOU Agosto 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/466378/images/original/Relatorio_de_Obras_julho24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/454688/images/original/Relat&#243;rio SMOU Junho 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/453235/images/original/Relat&#243;rio SMOU Maio 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/454515/images/original/Relat&#243;rio SMTEL Maio 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/418262/images/original/relat&#243;rio SMOU abril 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/443053/images/original/Relat&#243;rio SMTEL - Abril - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/409196/images/original/emissao_544C2E89F2EED0DC864E27F7_memorando-84--2.290-2023_assinado_versaoImpressao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/399623/images/original/Relat&#243;rio SMOU - Fevereiro - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/409236/images/original/relat&#243;rio SMEC fevereiro 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/390102/images/original/Relat&#243;rio SMOU - Janeiro - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/390150/images/original/Relat&#243;rio SMTEL - Janeiro - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/400391/images/original/Relat&#243;rio SMEC - Janeiro - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/381944/images/original/Relat&#243;rio SMOU - Dezembro - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/381958/images/original/Relat&#243;rio SMTEL - Dezembro - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/383480/images/original/Relat&#243;rio SMEC - Dezembro - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/364541/images/original/relatorio SMOU novembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/366077/images/original/relat&#243;rio SMTEL novembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/369291/images/original/Relat&#243;rio SMEC novembro 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/348537/images/original/relat&#243;rio SMEC outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/348540/images/original/relat&#243;rio SMOU outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/348585/images/original/relat&#243;rio SMTEL outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/323112/images/original/Obras fiscalizadas pela SMOU - SETEMBRO - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/323372/images/original/relatorio obras smou smtel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/329251/images/original/Relat&#243;rio SMEC - SETEMBRO - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/315173/images/original/relat&#243;rio SMOU agosto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/315749/images/original/relat&#243;rio SMTEL agosto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/315747/images/original/relat&#243;rio SMEC agosto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/311251/images/original/Obras fiscalizadas pela SMOU - JULHO-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/307534/images/original/Demais Obras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/307517/images/original/Obra de constru&#231;&#227;o da revitaliza&#231;&#227;o de acesso da EMEI Pequeno Aprendiz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/164/DocumentAssets/307506/images/original/Obra de constru&#231;&#227;o de Retirada de Piso Parquet da Quadra Poliesportiva do gin&#225;sio M&#225;rio Malta.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C70"/>
+  <dimension ref="A1:C74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C70" sqref="C70"/>
+      <selection activeCell="C74" sqref="C74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="B4" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B12" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
+        <v>21</v>
+      </c>
+      <c r="B13" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B14" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B15" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
+        <v>26</v>
+      </c>
+      <c r="B16" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B17" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B18" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B19" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B20" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
+        <v>35</v>
+      </c>
+      <c r="B21" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
+        <v>35</v>
+      </c>
+      <c r="B22" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B23" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
+        <v>40</v>
+      </c>
+      <c r="B24" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B25" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B26" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B27" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B28" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B29" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B30" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B31" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B32" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B33" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B34" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B35" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B36" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B37" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
+        <v>64</v>
+      </c>
+      <c r="B38" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
+        <v>64</v>
+      </c>
+      <c r="B39" t="s">
+        <v>65</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
+        <v>69</v>
+      </c>
+      <c r="B40" t="s">
+        <v>70</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="B41" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B42" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
+        <v>76</v>
+      </c>
+      <c r="B43" t="s">
         <v>77</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" s="1" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
+        <v>79</v>
+      </c>
+      <c r="B44" t="s">
+        <v>80</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B45" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>85</v>
       </c>
       <c r="B46" t="s">
         <v>86</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
+        <v>85</v>
+      </c>
+      <c r="B47" t="s">
+        <v>86</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B48" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
+        <v>89</v>
+      </c>
+      <c r="B49" t="s">
+        <v>90</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B50" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B51" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
+        <v>96</v>
+      </c>
+      <c r="B52" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B53" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B54" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B55" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B56" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B57" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B58" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B59" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B60" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B61" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B62" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B63" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B64" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B65" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B66" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B67" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
         <v>125</v>
       </c>
       <c r="B68" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B69" t="s">
+        <v>126</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
+        <v>125</v>
+      </c>
+      <c r="B70" t="s">
+        <v>126</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" t="s">
         <v>130</v>
       </c>
-      <c r="B70" t="s">
-[...2 lines deleted...]
-      <c r="C70" s="1" t="s">
+      <c r="B71" t="s">
         <v>131</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" t="s">
+        <v>133</v>
+      </c>
+      <c r="B72" t="s">
+        <v>131</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" t="s">
+        <v>135</v>
+      </c>
+      <c r="B73" t="s">
+        <v>136</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" t="s">
+        <v>138</v>
+      </c>
+      <c r="B74" t="s">
+        <v>136</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>139</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -1616,50 +1684,54 @@
     <hyperlink ref="C46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="C47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="C48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="C49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="C50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="C51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="C52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="C53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="C54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="C55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="C56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="C57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="C58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="C59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="C60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="C61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="C62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="C63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="C64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="C65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="C66" r:id="rId_hyperlink_65"/>
     <hyperlink ref="C67" r:id="rId_hyperlink_66"/>
     <hyperlink ref="C68" r:id="rId_hyperlink_67"/>
     <hyperlink ref="C69" r:id="rId_hyperlink_68"/>
     <hyperlink ref="C70" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="C71" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="C72" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="C73" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="C74" r:id="rId_hyperlink_73"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>